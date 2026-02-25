--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://doj365.sharepoint.us/sites/OJP-OVCPMPTeam/Shared Documents/General/Writer-Editor Files/EO Compliance Updates 2025/June Revision/04. VOCA VA/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://doj365-my.sharepoint.us/personal/christine_wisniewski_usdoj_gov/Documents/January Resource Refresh 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="883" documentId="8_{3814D8C5-9E88-4390-A574-472A8E7D2392}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C818F2E7-5676-47E4-9B5D-806E60EE376A}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F97A5CB3-2B1B-466E-AA27-DD941A0A926E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="776" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="776" firstSheet="4" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="10" r:id="rId1"/>
     <sheet name="Q1-Oct–Dec" sheetId="1" r:id="rId2"/>
     <sheet name="Q2-Jan-Mar" sheetId="29" r:id="rId3"/>
     <sheet name="Q3-Apr-June" sheetId="30" r:id="rId4"/>
     <sheet name="Q4-July–Sep" sheetId="31" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -83,350 +83,350 @@
   <c r="CD24" i="31" s="1"/>
   <c r="BY17" i="31"/>
   <c r="BY24" i="31" s="1"/>
   <c r="BI20" i="30"/>
   <c r="CZ17" i="30"/>
   <c r="CZ24" i="30" s="1"/>
   <c r="CV17" i="30"/>
   <c r="CV24" i="30" s="1"/>
   <c r="CN17" i="30"/>
   <c r="CN24" i="30" s="1"/>
   <c r="CD17" i="30"/>
   <c r="CD24" i="30" s="1"/>
   <c r="BY17" i="30"/>
   <c r="BY24" i="30" s="1"/>
   <c r="BI20" i="29"/>
   <c r="CZ17" i="29"/>
   <c r="CZ24" i="29" s="1"/>
   <c r="CV17" i="29"/>
   <c r="CV24" i="29" s="1"/>
   <c r="CN17" i="29"/>
   <c r="CN24" i="29" s="1"/>
   <c r="CD17" i="29"/>
   <c r="CD24" i="29" s="1"/>
   <c r="BY17" i="29"/>
   <c r="BY24" i="29" s="1"/>
+  <c r="BO17" i="1"/>
   <c r="BN17" i="30"/>
-  <c r="BO17" i="1"/>
   <c r="CY17" i="1" l="1"/>
   <c r="CY24" i="1" s="1"/>
   <c r="BX17" i="1"/>
   <c r="BX24" i="1" s="1"/>
   <c r="CU17" i="1" l="1"/>
   <c r="CU24" i="1" s="1"/>
   <c r="CM17" i="1"/>
   <c r="CM24" i="1" s="1"/>
   <c r="CC17" i="1"/>
   <c r="CC24" i="1" s="1"/>
+  <c r="DM17" i="30"/>
+  <c r="BF17" i="29"/>
+  <c r="CA17" i="31"/>
+  <c r="Q17" i="30"/>
+  <c r="AK17" i="31"/>
+  <c r="CT17" i="29"/>
+  <c r="U17" i="29"/>
+  <c r="DB17" i="31"/>
+  <c r="BE17" i="31"/>
+  <c r="BL17" i="31"/>
+  <c r="BL17" i="30"/>
+  <c r="BP17" i="31"/>
+  <c r="AY17" i="29"/>
+  <c r="AU17" i="29"/>
+  <c r="BZ17" i="30"/>
+  <c r="AC17" i="29"/>
+  <c r="T17" i="29"/>
+  <c r="DC17" i="31"/>
+  <c r="BZ17" i="31"/>
+  <c r="BN17" i="31"/>
+  <c r="CA17" i="30"/>
+  <c r="BD17" i="31"/>
+  <c r="AV17" i="30"/>
+  <c r="AQ17" i="30"/>
+  <c r="CT17" i="31"/>
+  <c r="AW17" i="29"/>
+  <c r="AC17" i="30"/>
+  <c r="BT17" i="31"/>
+  <c r="BN17" i="29"/>
+  <c r="CH17" i="30"/>
+  <c r="AS17" i="29"/>
+  <c r="AM17" i="31"/>
+  <c r="I17" i="30"/>
+  <c r="K17" i="29"/>
+  <c r="CE17" i="30"/>
+  <c r="AR17" i="29"/>
+  <c r="O17" i="29"/>
+  <c r="BT17" i="29"/>
+  <c r="DI17" i="30"/>
+  <c r="DN17" i="29"/>
+  <c r="BE17" i="29"/>
+  <c r="AA17" i="30"/>
+  <c r="CM17" i="31"/>
+  <c r="DF17" i="29"/>
+  <c r="AR17" i="31"/>
+  <c r="AG17" i="30"/>
+  <c r="AQ17" i="31"/>
+  <c r="Z17" i="31"/>
+  <c r="CX17" i="30"/>
+  <c r="CY17" i="29"/>
+  <c r="BE17" i="30"/>
+  <c r="M17" i="29"/>
+  <c r="DD17" i="30"/>
+  <c r="AB17" i="30"/>
+  <c r="V17" i="31"/>
+  <c r="CB17" i="1"/>
+  <c r="CP17" i="31"/>
+  <c r="AD17" i="29"/>
+  <c r="J17" i="31"/>
+  <c r="DE17" i="29"/>
+  <c r="CC17" i="29"/>
+  <c r="AP17" i="29"/>
+  <c r="DM17" i="29"/>
+  <c r="CX17" i="31"/>
+  <c r="CB17" i="30"/>
+  <c r="BF17" i="31"/>
+  <c r="CX17" i="29"/>
+  <c r="AD17" i="30"/>
+  <c r="CW17" i="30"/>
+  <c r="CF17" i="30"/>
+  <c r="DB17" i="29"/>
+  <c r="CK17" i="30"/>
+  <c r="DJ17" i="30"/>
+  <c r="BC17" i="29"/>
+  <c r="S17" i="29"/>
+  <c r="CI17" i="30"/>
+  <c r="CI17" i="29"/>
+  <c r="DA17" i="29"/>
+  <c r="CH17" i="31"/>
+  <c r="AN17" i="29"/>
+  <c r="AK17" i="29"/>
+  <c r="C17" i="29"/>
+  <c r="CU17" i="30"/>
+  <c r="CG17" i="30"/>
+  <c r="BY17" i="1"/>
+  <c r="AO17" i="29"/>
+  <c r="AQ17" i="29"/>
+  <c r="CA17" i="29"/>
+  <c r="AZ17" i="30"/>
+  <c r="K17" i="31"/>
+  <c r="CW17" i="1"/>
+  <c r="M17" i="30"/>
+  <c r="CO17" i="30"/>
+  <c r="BB17" i="31"/>
+  <c r="AN17" i="31"/>
+  <c r="K17" i="30"/>
+  <c r="C17" i="30"/>
+  <c r="CW17" i="29"/>
+  <c r="CY17" i="31"/>
+  <c r="Q17" i="31"/>
+  <c r="DL17" i="30"/>
+  <c r="J17" i="29"/>
+  <c r="DI17" i="29"/>
+  <c r="DM17" i="31"/>
+  <c r="DD17" i="29"/>
+  <c r="BB17" i="30"/>
+  <c r="BP17" i="29"/>
+  <c r="AX17" i="31"/>
+  <c r="N17" i="31"/>
+  <c r="BB17" i="29"/>
+  <c r="CU17" i="29"/>
+  <c r="CM17" i="29"/>
+  <c r="CS17" i="31"/>
+  <c r="S17" i="31"/>
+  <c r="DG17" i="30"/>
+  <c r="AH17" i="29"/>
+  <c r="Z17" i="30"/>
+  <c r="AB17" i="31"/>
+  <c r="O17" i="30"/>
+  <c r="AX17" i="30"/>
+  <c r="X17" i="30"/>
+  <c r="DE17" i="31"/>
+  <c r="CQ17" i="31"/>
+  <c r="CC17" i="30"/>
+  <c r="CR17" i="31"/>
+  <c r="AG17" i="31"/>
+  <c r="AI17" i="29"/>
+  <c r="DC17" i="30"/>
+  <c r="BM17" i="31"/>
+  <c r="BG17" i="30"/>
+  <c r="CM17" i="30"/>
+  <c r="P17" i="29"/>
+  <c r="AZ17" i="31"/>
+  <c r="AV17" i="29"/>
+  <c r="Y17" i="31"/>
+  <c r="CY17" i="30"/>
+  <c r="Y17" i="30"/>
+  <c r="DF17" i="31"/>
+  <c r="CF17" i="29"/>
+  <c r="H17" i="29"/>
+  <c r="D17" i="29"/>
+  <c r="CF17" i="31"/>
+  <c r="BK17" i="31"/>
+  <c r="CB17" i="31"/>
+  <c r="Q17" i="29"/>
+  <c r="D17" i="31"/>
+  <c r="AI17" i="31"/>
+  <c r="I17" i="29"/>
+  <c r="DA17" i="30"/>
+  <c r="CR17" i="30"/>
+  <c r="CA17" i="1"/>
+  <c r="T17" i="31"/>
+  <c r="AU17" i="30"/>
+  <c r="AN17" i="30"/>
+  <c r="CS17" i="30"/>
+  <c r="AL17" i="31"/>
+  <c r="DE17" i="30"/>
+  <c r="BZ17" i="1"/>
+  <c r="CL17" i="31"/>
+  <c r="CJ17" i="30"/>
+  <c r="CC17" i="31"/>
+  <c r="DG17" i="31"/>
+  <c r="DH17" i="29"/>
+  <c r="CJ17" i="29"/>
+  <c r="CJ17" i="31"/>
+  <c r="N17" i="30"/>
+  <c r="D17" i="30"/>
+  <c r="L17" i="29"/>
+  <c r="DJ17" i="31"/>
+  <c r="P17" i="30"/>
+  <c r="DH17" i="31"/>
+  <c r="BA17" i="31"/>
+  <c r="CP17" i="29"/>
+  <c r="U17" i="30"/>
+  <c r="BD17" i="29"/>
+  <c r="M17" i="31"/>
+  <c r="AA17" i="29"/>
+  <c r="H17" i="30"/>
+  <c r="AJ17" i="31"/>
+  <c r="N17" i="29"/>
+  <c r="BO17" i="30"/>
+  <c r="CE17" i="31"/>
+  <c r="BT17" i="30"/>
+  <c r="U17" i="31"/>
+  <c r="AO17" i="30"/>
+  <c r="DF17" i="30"/>
+  <c r="B17" i="30"/>
+  <c r="CG17" i="31"/>
+  <c r="AW17" i="31"/>
+  <c r="DC17" i="29"/>
+  <c r="L17" i="30"/>
+  <c r="CW17" i="31"/>
+  <c r="AM17" i="30"/>
+  <c r="AA17" i="31"/>
+  <c r="AG17" i="29"/>
+  <c r="C17" i="31"/>
+  <c r="AJ17" i="30"/>
+  <c r="AS17" i="31"/>
+  <c r="BG17" i="29"/>
+  <c r="L17" i="31"/>
+  <c r="CE17" i="29"/>
+  <c r="X17" i="29"/>
+  <c r="DI17" i="31"/>
+  <c r="CH17" i="29"/>
+  <c r="X17" i="31"/>
+  <c r="AV17" i="31"/>
+  <c r="CO17" i="29"/>
+  <c r="CI17" i="31"/>
+  <c r="AM17" i="29"/>
+  <c r="AW17" i="30"/>
+  <c r="BO17" i="31"/>
+  <c r="AO17" i="31"/>
+  <c r="V17" i="30"/>
+  <c r="AH17" i="31"/>
+  <c r="DA17" i="31"/>
+  <c r="AH17" i="30"/>
+  <c r="AP17" i="30"/>
+  <c r="BK17" i="29"/>
+  <c r="CG17" i="29"/>
+  <c r="AZ17" i="29"/>
+  <c r="AS17" i="30"/>
+  <c r="J17" i="30"/>
+  <c r="DL17" i="29"/>
+  <c r="DN17" i="31"/>
+  <c r="BA17" i="30"/>
+  <c r="O17" i="31"/>
+  <c r="CU17" i="31"/>
+  <c r="AL17" i="29"/>
+  <c r="AL17" i="30"/>
+  <c r="AY17" i="30"/>
+  <c r="CL17" i="30"/>
+  <c r="DB17" i="30"/>
+  <c r="BK17" i="30"/>
+  <c r="DN17" i="30"/>
   <c r="BA17" i="29"/>
-  <c r="AC17" i="30"/>
-[...4 lines deleted...]
-  <c r="CH17" i="31"/>
+  <c r="DD17" i="31"/>
+  <c r="CQ17" i="30"/>
+  <c r="CL17" i="29"/>
+  <c r="BC17" i="30"/>
+  <c r="CS17" i="29"/>
+  <c r="BM17" i="30"/>
+  <c r="BF17" i="30"/>
+  <c r="BL17" i="29"/>
+  <c r="V17" i="29"/>
+  <c r="B17" i="29"/>
   <c r="CX17" i="1"/>
-  <c r="BE17" i="31"/>
-[...3 lines deleted...]
-  <c r="DF17" i="29"/>
+  <c r="DL17" i="31"/>
+  <c r="I17" i="31"/>
+  <c r="DG17" i="29"/>
+  <c r="CZ17" i="1"/>
+  <c r="AI17" i="30"/>
+  <c r="AC17" i="31"/>
+  <c r="T17" i="30"/>
+  <c r="P17" i="31"/>
+  <c r="AJ17" i="29"/>
+  <c r="B17" i="31"/>
+  <c r="CO17" i="31"/>
+  <c r="AB17" i="29"/>
+  <c r="CK17" i="29"/>
+  <c r="CQ17" i="29"/>
+  <c r="BO17" i="29"/>
+  <c r="CT17" i="30"/>
+  <c r="AZ17" i="1"/>
+  <c r="DH17" i="30"/>
+  <c r="AU17" i="31"/>
+  <c r="G17" i="1"/>
+  <c r="AD17" i="31"/>
+  <c r="CK17" i="31"/>
+  <c r="CB17" i="29"/>
+  <c r="CR17" i="29"/>
+  <c r="Y17" i="29"/>
+  <c r="BC17" i="31"/>
+  <c r="BD17" i="30"/>
+  <c r="BZ17" i="29"/>
+  <c r="H17" i="31"/>
+  <c r="BM17" i="29"/>
+  <c r="CP17" i="30"/>
+  <c r="AR17" i="30"/>
+  <c r="Z17" i="29"/>
   <c r="CV17" i="1"/>
-  <c r="BY17" i="1"/>
-[...13 lines deleted...]
-  <c r="BO17" i="30"/>
+  <c r="AP17" i="31"/>
+  <c r="DJ17" i="29"/>
+  <c r="BP17" i="30"/>
+  <c r="AX17" i="29"/>
+  <c r="AY17" i="31"/>
+  <c r="AK17" i="30"/>
   <c r="BG17" i="31"/>
-  <c r="AV17" i="31"/>
-[...143 lines deleted...]
-  <c r="AN17" i="31"/>
   <c r="S17" i="30"/>
-  <c r="AN17" i="29"/>
-[...110 lines deleted...]
-  <c r="DD17" i="30"/>
   <c r="DG24" i="29" l="1"/>
   <c r="CT24" i="29"/>
   <c r="DC24" i="30"/>
   <c r="BT23" i="31"/>
   <c r="DM24" i="29"/>
   <c r="DG24" i="31"/>
   <c r="DI24" i="30"/>
   <c r="CB24" i="29"/>
   <c r="DE24" i="31"/>
   <c r="BT23" i="30"/>
   <c r="CY24" i="29"/>
   <c r="CF24" i="30"/>
   <c r="CS24" i="29"/>
   <c r="CQ24" i="29"/>
   <c r="DD24" i="30"/>
   <c r="DL24" i="29"/>
   <c r="DM24" i="30"/>
   <c r="CU24" i="30"/>
   <c r="CX24" i="30"/>
   <c r="DB24" i="30"/>
   <c r="CK24" i="31"/>
   <c r="CO24" i="31"/>
   <c r="AE17" i="30"/>
   <c r="CT24" i="31"/>
   <c r="CX24" i="29"/>
@@ -529,521 +529,564 @@
   <c r="BZ24" i="31"/>
   <c r="CE24" i="30"/>
   <c r="CT24" i="30"/>
   <c r="CG24" i="30"/>
   <c r="D24" i="29"/>
   <c r="CH24" i="29"/>
   <c r="DE24" i="29"/>
   <c r="CY24" i="30"/>
   <c r="CO24" i="29"/>
   <c r="DD24" i="29"/>
   <c r="W17" i="31"/>
   <c r="CV24" i="1"/>
   <c r="CZ24" i="1"/>
   <c r="CW24" i="1"/>
   <c r="CX24" i="1"/>
   <c r="CB24" i="1"/>
   <c r="CA24" i="1"/>
   <c r="BZ24" i="1"/>
   <c r="BY24" i="1"/>
   <c r="AC17" i="1"/>
   <c r="BS17" i="1"/>
   <c r="AE23" i="31" l="1"/>
   <c r="AE23" i="29"/>
   <c r="AE23" i="30"/>
   <c r="BS23" i="1"/>
-  <c r="AU17" i="1"/>
-[...8 lines deleted...]
-  <c r="AX17" i="1"/>
+  <c r="CL17" i="1"/>
+  <c r="AI17" i="1"/>
+  <c r="AK17" i="1"/>
+  <c r="T17" i="1"/>
+  <c r="CI17" i="1"/>
+  <c r="I17" i="1"/>
+  <c r="CG17" i="1"/>
+  <c r="AN17" i="1"/>
   <c r="DF17" i="1"/>
-  <c r="T17" i="1"/>
-[...29 lines deleted...]
-  <c r="AB17" i="1"/>
+  <c r="X17" i="1"/>
+  <c r="BF17" i="1"/>
   <c r="BC17" i="1"/>
   <c r="BA17" i="1"/>
+  <c r="BJ17" i="1"/>
+  <c r="Z17" i="1"/>
+  <c r="J17" i="1"/>
+  <c r="O17" i="1"/>
+  <c r="N17" i="1"/>
+  <c r="K17" i="1"/>
+  <c r="CE17" i="1"/>
+  <c r="CO17" i="1"/>
+  <c r="H17" i="1"/>
+  <c r="U17" i="1"/>
+  <c r="P17" i="1"/>
+  <c r="S17" i="1"/>
+  <c r="AV17" i="1"/>
+  <c r="AL17" i="1"/>
+  <c r="AF17" i="1"/>
+  <c r="BB17" i="1"/>
+  <c r="CN17" i="1"/>
+  <c r="DH17" i="1"/>
+  <c r="DD17" i="1"/>
+  <c r="CJ17" i="1"/>
+  <c r="BD17" i="1"/>
+  <c r="AY17" i="1"/>
+  <c r="AH17" i="1"/>
+  <c r="CK17" i="1"/>
+  <c r="AG17" i="1"/>
+  <c r="CF17" i="1"/>
+  <c r="AP17" i="1"/>
+  <c r="AW17" i="1"/>
+  <c r="AB17" i="1"/>
+  <c r="AA17" i="1"/>
+  <c r="DE17" i="1"/>
+  <c r="B17" i="1"/>
+  <c r="DA17" i="1"/>
   <c r="M17" i="1"/>
-  <c r="BF17" i="1"/>
-[...1 lines deleted...]
-  <c r="CN17" i="1"/>
+  <c r="CH17" i="1"/>
+  <c r="BE17" i="1"/>
+  <c r="BN17" i="1"/>
+  <c r="CP17" i="1"/>
+  <c r="BL17" i="1"/>
+  <c r="BK17" i="1"/>
+  <c r="DI17" i="1"/>
+  <c r="CT17" i="1"/>
+  <c r="AM17" i="1"/>
+  <c r="AQ17" i="1"/>
+  <c r="C17" i="1"/>
+  <c r="AR17" i="1"/>
+  <c r="R17" i="1"/>
+  <c r="CR17" i="1"/>
+  <c r="CD17" i="1"/>
+  <c r="DG17" i="1"/>
+  <c r="AU17" i="1"/>
+  <c r="AX17" i="1"/>
+  <c r="CQ17" i="1"/>
+  <c r="DC17" i="1"/>
+  <c r="AO17" i="1"/>
+  <c r="AT17" i="1"/>
+  <c r="L17" i="1"/>
+  <c r="CS17" i="1"/>
+  <c r="BM17" i="1"/>
+  <c r="AJ17" i="1"/>
+  <c r="W17" i="1"/>
+  <c r="DB17" i="1"/>
   <c r="D17" i="1"/>
-  <c r="CI17" i="1"/>
-[...23 lines deleted...]
-  <c r="CT17" i="1"/>
   <c r="Y17" i="1"/>
-  <c r="AP17" i="1"/>
-  <c r="AA17" i="1"/>
   <c r="BQ17" i="1" l="1"/>
   <c r="D29" i="1"/>
   <c r="D24" i="1"/>
   <c r="DI24" i="1"/>
   <c r="DH24" i="1"/>
   <c r="DG24" i="1"/>
   <c r="DF24" i="1"/>
   <c r="DE24" i="1"/>
   <c r="DD24" i="1"/>
   <c r="DC24" i="1"/>
   <c r="DB24" i="1"/>
   <c r="DA24" i="1"/>
   <c r="CT24" i="1"/>
   <c r="CS24" i="1"/>
   <c r="CR24" i="1"/>
   <c r="CQ24" i="1"/>
   <c r="CP24" i="1"/>
   <c r="CO24" i="1"/>
   <c r="CN24" i="1"/>
   <c r="CL24" i="1"/>
   <c r="CK24" i="1"/>
   <c r="CJ24" i="1"/>
   <c r="CI24" i="1"/>
   <c r="CH24" i="1"/>
   <c r="CG24" i="1"/>
   <c r="CF24" i="1"/>
   <c r="CE24" i="1"/>
   <c r="CD24" i="1"/>
   <c r="D19" i="1"/>
   <c r="Q17" i="1"/>
   <c r="V17" i="1"/>
   <c r="AD17" i="1"/>
+  <c r="DL17" i="1"/>
+  <c r="DM17" i="1"/>
   <c r="DK17" i="1"/>
-  <c r="DM17" i="1"/>
-  <c r="DL17" i="1"/>
   <c r="AD23" i="1" l="1"/>
   <c r="DM24" i="1"/>
   <c r="DL24" i="1"/>
   <c r="DK24" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="808" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="808" uniqueCount="225">
   <si>
     <t>Instructions</t>
   </si>
   <si>
-    <t>This spreadsheet is a data-tracking tool for gathering individual-level data on Victim Assistance services that your agency provides with Victims of Crime Act of 1984 (VOCA) plus match funding.</t>
+    <t>This spreadsheet is a data-tracking tool for gathering individual-level data on Victim Assistance services that your agency provides with Victims of Crime Act (VOCA) plus match funding.</t>
   </si>
   <si>
     <t>Track data for each quarter of the federal fiscal year using the tabs below.</t>
   </si>
   <si>
     <t>Each row within a tab represents an individual client served by your agency.</t>
   </si>
   <si>
     <t>Each column represents a characteristic that may apply to the client (e.g., new or continuing client, race/ethnicity, victimization type).</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The instructions in each section will direct you to enter a value of </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> in any column that applies to the client for whom you are entering data.</t>
     </r>
   </si>
   <si>
     <t>You may insert additional rows as needed to accommodate all clients served during the reporting period.</t>
   </si>
   <si>
-    <t>You may edit client IDs in Column A based on your own numbering system, as necessary.</t>
+    <t>To add a row:</t>
+  </si>
+  <si>
+    <t>1. Select Add New Row in column A.</t>
+  </si>
+  <si>
+    <t>2. In the Home tab of the Excel toolbar, click the downward arrow under the Insert button.</t>
+  </si>
+  <si>
+    <t>3. Select Insert Sheet Rows.</t>
+  </si>
+  <si>
+    <t>You may edit client IDs in column A based on your own numbering system, as necessary.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">As you enter data on each client you serve, this tool will auto-calculate total values to help you answer the questions in the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="4" tint="-0.499984740745262"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>Subgrantee Performance Report</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> questionnaire issued by the Office for Victims of Crime.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Numbered items in this spreadsheet correspond to questions in the questionnaire. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>NOTE:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">  Because this tool is for data tracking only, not all questions on the questionnaire are reflected in this tool.</t>
+      <t xml:space="preserve"> Because this tool is for data tracking only, not all questions on the questionnaire are reflected in this tool.</t>
     </r>
   </si>
   <si>
     <t>For FULL INSTRUCTIONS on how to track and report data and DEFINITIONS of terms, see the Subgrantee Data Report questionnaire.</t>
+  </si>
+  <si>
+    <r>
+      <t>I.  Population Demographics</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t/>
+    </r>
+  </si>
+  <si>
+    <t>5. Demographics (for NEW individuals identified in question 3)</t>
+  </si>
+  <si>
+    <t>II.  Direct Services</t>
+  </si>
+  <si>
+    <t>9. Total number of individuals who received services by service type AND number of times each service was provided during the reporting period</t>
+  </si>
+  <si>
+    <t>III. Subgrantee Annually Reported Outcomes</t>
   </si>
   <si>
     <t>Victim Assistance
 Data Tracking
 QUARTER 1</t>
   </si>
   <si>
-    <r>
-[...25 lines deleted...]
-  <si>
     <t>Complete each reporting period.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">B.  Sex: </t>
+      <t>A. Race/Ethnicity:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Enter data for NEW individuals only.
-Enter a value of </t>
+      <t xml:space="preserve"> Enter data for NEW individuals only. 
+Enter a value of 1 in the race/ethnicity category that best describes each client.
+If the individual does not self-report, mark as </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>1</t>
+      <t>Not Reported</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> in the sex category that best describes each client.
-If the individual does not self-report, mark as </t>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Not Reported</t>
-[...10 lines deleted...]
-    </r>
+      <t>Not Tracked.</t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Not Tracked</t>
+      <t xml:space="preserve">B. Sex: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>.</t>
-[...2 lines deleted...]
-  <si>
+      <t xml:space="preserve">Enter data for NEW individuals only. Enter a value of </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">C.  Age: </t>
+      <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Enter data for NEW individuals only.</t>
+      <t xml:space="preserve"> in the sex category that best describes each client. If the individual does not self-report, mark as </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-</t>
+      <t>Not Reported</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Enter a value of </t>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>1</t>
+      <t>Not Tracked</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> in the age category that best describes each client.
-[...1 lines deleted...]
-    </r>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Not Reported</t>
+      <t xml:space="preserve">C. Age: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
+      <t xml:space="preserve">Enter data for NEW individuals only. Enter a value of </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in the age category that best describes each client. If the individual does not self-report, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>Not Tracked</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">6.  Types of Victimization: </t>
+      <t xml:space="preserve">6. Types of Victimization: </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Enter data for ALL individuals who received services during the reporting period.
-Enter a value of </t>
+      <t xml:space="preserve">Enter data for ALL individuals who received services during the reporting period. Enter a value of </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> in </t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -1088,148 +1131,148 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>MAY NOT</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> be counted more than once within the same victimization type.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">C.  Special classification of individuals: </t>
+      <t xml:space="preserve">C. Special classification of individuals: </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Enter data for ALL individuals who received services during the reporting period.
+      <t xml:space="preserve">Enter data for ALL individuals who received services during the reporting period. 
 Enter a value of 1 in each victimization type that applies to the client. An individual </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>MAY</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> be counted in more than one classification.</t>
     </r>
   </si>
   <si>
-    <t>7. Was the individual assisted with a Victim Compensation  application during the reporting period?</t>
+    <t>7. Was the individual assisted with a Victim Compensation application during the reporting period?</t>
   </si>
   <si>
     <t>8. Select the type(s) of services provided by your organization during the reporting period (based on the options provided)</t>
   </si>
   <si>
     <t>Enter a value of 1 if the client received services in this category.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Enter the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>number of times the service was provided.</t>
     </r>
   </si>
   <si>
     <t>Although these outcomes are reported only in the final reporting period, gather the following data throughout the fiscal year:</t>
   </si>
   <si>
     <t>Individual ID</t>
   </si>
   <si>
     <t>New Individual?
 If NEW INDIVIDUAL, enter a value of 1 below. Do not include anonymous contacts here.</t>
   </si>
   <si>
     <t xml:space="preserve">Anonymous Contact?
 If ANONYMOUS, enter a value of 1 below.                          </t>
   </si>
   <si>
     <t>Continuing Individual?
 If CONTINUING, enter a value of 1 below. If your organization cannot track new individuals, please indicate the individual as a "continuing individual."</t>
   </si>
   <si>
     <t>Column2</t>
   </si>
   <si>
-    <t>American Indian/ Alaska Native</t>
+    <t>American Indian/Alaska Native</t>
   </si>
   <si>
     <t>Asian</t>
   </si>
   <si>
     <t>Black/African-American</t>
   </si>
   <si>
     <t>Hispanic/Latino</t>
   </si>
   <si>
-    <t>Native Hawaiian/ Other Pacific Islander</t>
-[...2 lines deleted...]
-    <t>White Non-Latino/ Caucasian</t>
+    <t>Native Hawaiian/Other Pacific Islander</t>
+  </si>
+  <si>
+    <t>White Non-Latino/Caucasian</t>
   </si>
   <si>
     <t>Some Other Race</t>
   </si>
   <si>
     <t>Multiple Races</t>
   </si>
   <si>
     <t>Not Reported</t>
   </si>
   <si>
     <t>Not Tracked</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">TOTAL RACE
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -1317,75 +1360,74 @@
   <si>
     <t>Burglary</t>
   </si>
   <si>
     <t>Child Physical Abuse or Neglect</t>
   </si>
   <si>
     <t>Child Pornography</t>
   </si>
   <si>
     <t xml:space="preserve">Child Sexual Abuse/Assault </t>
   </si>
   <si>
     <t>Domestic and/or Family Violence</t>
   </si>
   <si>
     <t>DUI/DWI Incidents</t>
   </si>
   <si>
     <t>Elder Abuse or Neglect</t>
   </si>
   <si>
     <t>Hate Crime</t>
   </si>
   <si>
-    <t>Hate Crime explanation
-(if applicable):</t>
+    <t>Hate crime explanation required</t>
   </si>
   <si>
     <t>Human Trafficking: Labor</t>
   </si>
   <si>
     <t>Human Trafficking: Sex</t>
   </si>
   <si>
     <t xml:space="preserve">Identity Theft/
 Fraud/Financial Crime </t>
   </si>
   <si>
     <t>Kidnapping (Non-custodial)</t>
   </si>
   <si>
     <t>Kidnapping (Custodial)</t>
   </si>
   <si>
     <t>Mass Violence (Domestic/
 International)</t>
   </si>
   <si>
-    <t>Other Vehicular Victimization (e.g., Hit and Run)</t>
+    <t>Other Vehicular Victimization (e.g., Hit-and-Run)</t>
   </si>
   <si>
     <t>Robbery</t>
   </si>
   <si>
     <t>Stalking/
 Harassment</t>
   </si>
   <si>
     <t>Survivors of Homicide Victims</t>
   </si>
   <si>
     <t>Teen Dating Victimization</t>
   </si>
   <si>
     <t>Terrorism (Domestic/
 International)</t>
   </si>
   <si>
     <t xml:space="preserve">Other </t>
   </si>
   <si>
     <t xml:space="preserve">If other, please explain:  </t>
   </si>
   <si>
@@ -1529,66 +1571,66 @@
   <si>
     <t>B8. Transportation assistance (includes coordination of services)</t>
   </si>
   <si>
     <t xml:space="preserve">B9. Interpreter services </t>
   </si>
   <si>
     <t xml:space="preserve">C.  Emotional Support or Safety Services </t>
   </si>
   <si>
     <t>C1. Crisis intervention (in-person, includes safety planning, etc.)</t>
   </si>
   <si>
     <t>C2. Hotline/crisis line counseling</t>
   </si>
   <si>
     <t>C3. On-scene crisis response (e.g., community crisis response)</t>
   </si>
   <si>
     <t>C4. Individual counseling</t>
   </si>
   <si>
     <t>C5. Support groups (facilitated or peer)</t>
   </si>
   <si>
-    <t xml:space="preserve">C6. Other Therapy (traditional, cultural, or alternative healing; art, writing, or play therapy, etc.) </t>
+    <t xml:space="preserve">C6. Other therapy (traditional, cultural, or alternative healing; art, writing, or play therapy, etc.) </t>
   </si>
   <si>
     <t xml:space="preserve">C7. Emergency financial assistance (includes emergency loans and petty cash, payment for items such as food and/or clothing, changing windows and/or locks, taxis, prophylactic and nonprophylactic meds, durable medical equipment, etc.) </t>
   </si>
   <si>
     <t>D.  Shelter/Housing Services</t>
   </si>
   <si>
     <t>D1. Emergency shelter or safe house</t>
   </si>
   <si>
     <t>D2. Transitional housing</t>
   </si>
   <si>
-    <t>D3. Relocation assistance(includes assistance with obtaining housing)</t>
+    <t>D3. Relocation assistance (includes assistance with obtaining housing)</t>
   </si>
   <si>
     <t>E.  Criminal/Civil Justice System Assistance</t>
   </si>
   <si>
     <t>E1. Notification of criminal justice events (e.g., case status, arrest, court proceedings, case disposition, release, etc.)</t>
   </si>
   <si>
     <t>E2. Victim impact statement assistance</t>
   </si>
   <si>
     <t>E3. Assistance with restitution (includes assistance in requesting and when collection efforts are not successful)</t>
   </si>
   <si>
     <t>E4. Civil legal assistance in obtaining protection or restraining order</t>
   </si>
   <si>
     <t>E5. Civil legal assistance with family law issues (e.g., custody, visitation, or support)</t>
   </si>
   <si>
     <t>E6. Other emergency justice-related assistance</t>
   </si>
   <si>
     <t>E7. Prosecution interview advocacy/accompaniment (includes accompaniment with prosecuting attorney and with victim/witness)</t>
   </si>
@@ -1662,132 +1704,174 @@
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> below.</t>
     </r>
   </si>
   <si>
     <t>TOTAL must match the number of NEW individuals reported</t>
   </si>
   <si>
     <t xml:space="preserve">TOTAL must match the number of NEW individuals reported </t>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">If more than one type of service is/was provided by your organization during the reporting period </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>please make sure to select from the additional drop-down list(s) below:</t>
+    </r>
+  </si>
+  <si>
     <t>A. Information &amp; Referral</t>
   </si>
   <si>
     <t>B. Personal Advocacy/ Accompaniment</t>
   </si>
   <si>
     <t>C. Emotional Support or Safety Services</t>
   </si>
   <si>
     <t>D. Shelter/ Housing Services</t>
   </si>
   <si>
     <t>E. Criminal/ Civil Justice System Assistance</t>
   </si>
   <si>
     <t>Add New Row</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>SUM</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 (auto-calculated)</t>
     </r>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1. TOTAL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> number of individuals who received services during the reporting period:
+(auto-calculated)</t>
+    </r>
+  </si>
+  <si>
     <t xml:space="preserve">This number should be an UNDUPLICATED count of people served during a single reporting period, regardless of the number of services they received or victimization types with which they presented.                                                                                                                         </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">7.  </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Number of individuals assisted with a victim compensation application during the reporting period</t>
+      <t>Number of individuals assisted with a Victim Compensation application during the reporting period</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">:  </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(auto-calculated)</t>
     </r>
   </si>
   <si>
     <t>Validation Check:</t>
   </si>
   <si>
+    <t>Are the totals for Race, Sex, and Age equal to the number of new individuals?</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">B.  Of those individuals receiving services, number that presented with more than one type of victimization during the reporting period:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(auto-calculated)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>9A.</t>
@@ -3328,53 +3412,50 @@
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(auto-calculated)</t>
     </r>
   </si>
   <si>
     <r>
       <t>13.  Number of surveys completed:</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (auto-calculated)</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Are the totals for Race, Sex, and Age equal to the number of new individuals?</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">2. TOTAL </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>number of anonymous contacts received during the reporting period</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
@@ -3459,51 +3540,51 @@
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Victim Assistance
 Data Tracking
 QUARTER 2</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>A.  Race/Ethnicity:</t>
+      <t>A. Race/Ethnicity:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Enter data for NEW individuals only.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
@@ -3559,819 +3640,808 @@
       <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Not Tracked</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
-    <t>B7. Intervention with employer, creditor, landlord, or academic institution</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">B10. Interpreter services </t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">B. Sex: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Enter data for NEW individuals only.
+Enter a value of </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in the sex category that best describes each client.
+If the individual does not self-report, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Tracked</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">C. Age: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Enter data for NEW individuals only.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Enter a value of </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in the age category that best describes each client.
+If the individual does not self-report, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Tracked</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">1. TOTAL </t>
+      <t xml:space="preserve">6.  Types of Victimization: </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>number of individuals who received services during the reporting period</t>
+      <t xml:space="preserve">Enter data for ALL individuals who received services during the reporting period.
+Enter a value of </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>each</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> victimization type that applies to the individual. An individual </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>MAY</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> be counted in more than one victimization type. An individual </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>MAY NOT</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> be counted more than once within the same victimization type.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">C.  Special classification of individuals: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Enter data for ALL individuals who received services during the reporting period.
+Enter a value of 1 in each victimization type that applies to the client. An individual </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>MAY</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> be counted in more than one classification.</t>
+    </r>
+  </si>
+  <si>
+    <t>7. Was the individual assisted with a Victim Compensation  application during the reporting period?</t>
+  </si>
+  <si>
+    <t>Veterans</t>
+  </si>
+  <si>
+    <t>B7. Intervention with employer, creditor, landlord, or academic institution</t>
+  </si>
+  <si>
+    <t>B8. Child or dependent care assistance (includes coordination of services)</t>
+  </si>
+  <si>
+    <t>B9. Transportation assistance (includes coordination of services)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B10. Interpreter services </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">1. TOTAL </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>number of individuals who received services during the reporting period</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t xml:space="preserve">:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(auto-calculated)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">This number should be an UNDUPLICATED count of people served during a single reporting period, regardless of the number of services they received or victimization types with which they presented.                                                                                                                                     </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">7.  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Number of individuals assisted with a victim compensation application during the reporting period</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(auto-calculated)</t>
+    </r>
   </si>
   <si>
     <t>Victim Assistance
 Data Tracking
 QUARTER 3</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>A.  Race/Ethnicity:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Enter data for NEW individuals only.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Enter a value of </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in the race/ethnicity category that best describes each client.
+If the individual does not self-report, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Tracked</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">B.  Sex: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Enter data for NEW individuals only.
+Enter a value of </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in the sex category that best describes each client.
+If the individual does not self-report, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Tracked</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">C.  Age: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Enter data for NEW individuals only.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Enter a value of </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> in the age category that best describes each client.
+If the individual does not self-report, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Reported</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">. If the agency does not collect this data, mark as </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Not Tracked</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
     <t>Victim Assistance
 Data Tracking
 QUARTER 4</t>
-  </si>
-[...699 lines deleted...]
-    <t>Veterans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -5042,51 +5112,51 @@
       <left style="double">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="302">
+  <cellXfs count="300">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -5495,65 +5565,50 @@
     <xf numFmtId="0" fontId="8" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="12" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -5567,115 +5622,103 @@
     <xf numFmtId="0" fontId="3" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -5751,131 +5794,50 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...79 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -5948,50 +5910,150 @@
     <xf numFmtId="0" fontId="18" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFD7D7D7"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <bgColor indexed="65"/>
@@ -6315,52 +6377,52 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="B2:R26"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" showWhiteSpace="0" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection activeCell="B23" sqref="B23"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" showWhiteSpace="0" topLeftCell="A2" zoomScale="102" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
+      <selection activeCell="B25" sqref="B25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="2" spans="2:18" s="3" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:18" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
     </row>
@@ -6509,247 +6571,247 @@
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
     </row>
     <row r="12" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
     </row>
     <row r="13" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="1" t="s">
-        <v>211</v>
+        <v>7</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
     </row>
     <row r="14" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="1" t="s">
-        <v>208</v>
-[...16 lines deleted...]
-      <c r="R14" s="162"/>
+        <v>8</v>
+      </c>
+      <c r="C14" s="157"/>
+      <c r="D14" s="157"/>
+      <c r="E14" s="157"/>
+      <c r="F14" s="157"/>
+      <c r="G14" s="157"/>
+      <c r="H14" s="157"/>
+      <c r="I14" s="157"/>
+      <c r="J14" s="157"/>
+      <c r="K14" s="157"/>
+      <c r="L14" s="157"/>
+      <c r="M14" s="157"/>
+      <c r="N14" s="157"/>
+      <c r="O14" s="157"/>
+      <c r="P14" s="157"/>
+      <c r="Q14" s="157"/>
+      <c r="R14" s="157"/>
     </row>
     <row r="15" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="1" t="s">
-        <v>210</v>
-[...16 lines deleted...]
-      <c r="R15" s="162"/>
+        <v>9</v>
+      </c>
+      <c r="C15" s="157"/>
+      <c r="D15" s="157"/>
+      <c r="E15" s="157"/>
+      <c r="F15" s="157"/>
+      <c r="G15" s="157"/>
+      <c r="H15" s="157"/>
+      <c r="I15" s="157"/>
+      <c r="J15" s="157"/>
+      <c r="K15" s="157"/>
+      <c r="L15" s="157"/>
+      <c r="M15" s="157"/>
+      <c r="N15" s="157"/>
+      <c r="O15" s="157"/>
+      <c r="P15" s="157"/>
+      <c r="Q15" s="157"/>
+      <c r="R15" s="157"/>
     </row>
     <row r="16" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="1" t="s">
-        <v>209</v>
-[...16 lines deleted...]
-      <c r="R16" s="162"/>
+        <v>10</v>
+      </c>
+      <c r="C16" s="157"/>
+      <c r="D16" s="157"/>
+      <c r="E16" s="157"/>
+      <c r="F16" s="157"/>
+      <c r="G16" s="157"/>
+      <c r="H16" s="157"/>
+      <c r="I16" s="157"/>
+      <c r="J16" s="157"/>
+      <c r="K16" s="157"/>
+      <c r="L16" s="157"/>
+      <c r="M16" s="157"/>
+      <c r="N16" s="157"/>
+      <c r="O16" s="157"/>
+      <c r="P16" s="157"/>
+      <c r="Q16" s="157"/>
+      <c r="R16" s="157"/>
     </row>
     <row r="17" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B17" s="162"/>
-[...15 lines deleted...]
-      <c r="R17" s="162"/>
+      <c r="B17" s="157"/>
+      <c r="C17" s="157"/>
+      <c r="D17" s="157"/>
+      <c r="E17" s="157"/>
+      <c r="F17" s="157"/>
+      <c r="G17" s="157"/>
+      <c r="H17" s="157"/>
+      <c r="I17" s="157"/>
+      <c r="J17" s="157"/>
+      <c r="K17" s="157"/>
+      <c r="L17" s="157"/>
+      <c r="M17" s="157"/>
+      <c r="N17" s="157"/>
+      <c r="O17" s="157"/>
+      <c r="P17" s="157"/>
+      <c r="Q17" s="157"/>
+      <c r="R17" s="157"/>
     </row>
     <row r="18" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="5" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C18" s="154"/>
       <c r="D18" s="154"/>
       <c r="E18" s="154"/>
       <c r="F18" s="154"/>
       <c r="G18" s="154"/>
       <c r="H18" s="154"/>
       <c r="I18" s="154"/>
       <c r="J18" s="154"/>
       <c r="K18" s="154"/>
       <c r="L18" s="154"/>
       <c r="M18" s="154"/>
       <c r="N18" s="154"/>
       <c r="O18" s="154"/>
       <c r="P18" s="154"/>
       <c r="Q18" s="154"/>
       <c r="R18" s="154"/>
     </row>
     <row r="19" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="154"/>
       <c r="C19" s="154"/>
       <c r="D19" s="154"/>
       <c r="E19" s="154"/>
       <c r="F19" s="154"/>
       <c r="G19" s="154"/>
       <c r="H19" s="154"/>
       <c r="I19" s="154"/>
       <c r="J19" s="154"/>
       <c r="K19" s="154"/>
       <c r="L19" s="154"/>
       <c r="M19" s="154"/>
       <c r="N19" s="154"/>
       <c r="O19" s="154"/>
       <c r="P19" s="154"/>
       <c r="Q19" s="154"/>
       <c r="R19" s="154"/>
     </row>
     <row r="20" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="1" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
     </row>
     <row r="21" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="1" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
     </row>
     <row r="22" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
     </row>
     <row r="23" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
     </row>
     <row r="24" spans="2:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="1"/>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
@@ -6784,734 +6846,737 @@
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:DN43"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="45" zoomScaleNormal="40" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B20" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" zoomScale="62" zoomScaleNormal="40" workbookViewId="0">
+      <pane xSplit="1" ySplit="3" topLeftCell="DJ4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="DK1" sqref="DK1"/>
+      <selection pane="bottomRight" activeCell="AT3" sqref="AT3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="18.5" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="30.54296875" style="14" customWidth="1"/>
-    <col min="2" max="2" width="38.6328125" style="14" customWidth="1"/>
+    <col min="2" max="2" width="38.54296875" style="14" customWidth="1"/>
     <col min="3" max="3" width="33.453125" style="41" customWidth="1"/>
-    <col min="4" max="4" width="38.6328125" style="41" customWidth="1"/>
-    <col min="5" max="5" width="36.6328125" style="14" customWidth="1"/>
+    <col min="4" max="4" width="38.54296875" style="41" customWidth="1"/>
+    <col min="5" max="5" width="36.54296875" style="14" customWidth="1"/>
     <col min="6" max="6" width="30.7265625" style="14" hidden="1" customWidth="1"/>
-    <col min="7" max="17" width="25.6328125" style="14" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="30" max="30" width="31.6328125" style="11" customWidth="1"/>
+    <col min="7" max="17" width="25.54296875" style="14" customWidth="1"/>
+    <col min="18" max="22" width="50.54296875" style="14" customWidth="1"/>
+    <col min="23" max="29" width="31.54296875" style="14" customWidth="1"/>
+    <col min="30" max="30" width="31.54296875" style="11" customWidth="1"/>
     <col min="31" max="31" width="15.54296875" style="14" customWidth="1"/>
-    <col min="32" max="60" width="30.54296875" style="14" customWidth="1"/>
+    <col min="32" max="44" width="30.54296875" style="14" customWidth="1"/>
+    <col min="45" max="45" width="31.7265625" style="14" customWidth="1"/>
+    <col min="46" max="60" width="30.54296875" style="14" customWidth="1"/>
     <col min="61" max="61" width="15.54296875" style="14" customWidth="1"/>
-    <col min="62" max="68" width="35.6328125" style="14" customWidth="1"/>
-    <col min="69" max="69" width="35.6328125" style="11" customWidth="1"/>
+    <col min="62" max="68" width="35.54296875" style="14" customWidth="1"/>
+    <col min="69" max="69" width="35.54296875" style="11" customWidth="1"/>
     <col min="70" max="70" width="15.54296875" style="14" customWidth="1"/>
     <col min="71" max="71" width="45.54296875" style="12" customWidth="1"/>
     <col min="72" max="72" width="15.54296875" style="12" customWidth="1"/>
     <col min="73" max="73" width="45.54296875" style="12" customWidth="1"/>
     <col min="74" max="74" width="29.26953125" style="14" hidden="1" customWidth="1"/>
     <col min="75" max="75" width="15.54296875" style="14" customWidth="1"/>
     <col min="76" max="97" width="30.54296875" style="14" customWidth="1"/>
     <col min="98" max="98" width="40" style="14" customWidth="1"/>
     <col min="99" max="112" width="30.54296875" style="14" customWidth="1"/>
     <col min="113" max="113" width="30.54296875" style="13" customWidth="1"/>
     <col min="114" max="114" width="15.54296875" style="11" customWidth="1"/>
-    <col min="115" max="116" width="45.6328125" style="14" customWidth="1"/>
-    <col min="117" max="117" width="45.6328125" style="11" customWidth="1"/>
+    <col min="115" max="115" width="48.26953125" style="14" customWidth="1"/>
+    <col min="116" max="116" width="45.54296875" style="14" customWidth="1"/>
+    <col min="117" max="117" width="45.54296875" style="11" customWidth="1"/>
     <col min="118" max="118" width="30.26953125" style="14" customWidth="1"/>
     <col min="119" max="119" width="27.26953125" style="14" customWidth="1"/>
     <col min="120" max="120" width="27" style="14" bestFit="1" customWidth="1"/>
     <col min="121" max="16384" width="9.26953125" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:117" s="44" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="155"/>
+      <c r="A1" s="174"/>
       <c r="B1" s="42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C1" s="43"/>
       <c r="D1" s="43"/>
       <c r="G1" s="42" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="AD1" s="45"/>
       <c r="BQ1" s="45"/>
       <c r="BS1" s="46" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="BT1" s="47"/>
       <c r="BU1" s="47"/>
       <c r="BX1" s="46" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="BY1" s="46"/>
       <c r="BZ1" s="46"/>
       <c r="CA1" s="46"/>
       <c r="CB1" s="46"/>
       <c r="CC1" s="46"/>
       <c r="CD1" s="46"/>
       <c r="CE1" s="46"/>
       <c r="CF1" s="46"/>
       <c r="CG1" s="46"/>
       <c r="CH1" s="46"/>
       <c r="CI1" s="46"/>
       <c r="CJ1" s="46"/>
       <c r="CK1" s="46"/>
       <c r="CL1" s="46"/>
       <c r="CM1" s="46"/>
       <c r="CN1" s="46"/>
       <c r="CO1" s="46"/>
       <c r="CP1" s="46"/>
       <c r="CQ1" s="46"/>
       <c r="CR1" s="46"/>
       <c r="CS1" s="46"/>
       <c r="CT1" s="46"/>
       <c r="CU1" s="46"/>
       <c r="CV1" s="46"/>
       <c r="CW1" s="46"/>
       <c r="CX1" s="46"/>
       <c r="CY1" s="46"/>
       <c r="CZ1" s="46"/>
       <c r="DA1" s="46"/>
       <c r="DB1" s="46"/>
       <c r="DC1" s="46"/>
       <c r="DD1" s="46"/>
       <c r="DE1" s="46"/>
       <c r="DF1" s="46"/>
       <c r="DG1" s="46"/>
       <c r="DH1" s="46"/>
       <c r="DI1" s="46"/>
       <c r="DJ1" s="52"/>
       <c r="DK1" s="47" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="DL1" s="54"/>
       <c r="DM1" s="55"/>
     </row>
     <row r="2" spans="1:117" s="10" customFormat="1" ht="78" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="155" t="s">
-[...6 lines deleted...]
-      <c r="D2" s="157"/>
+      <c r="A2" s="174" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" s="155" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" s="192"/>
+      <c r="D2" s="193"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
-      <c r="G2" s="160" t="s">
-[...28 lines deleted...]
-      <c r="AD2" s="184"/>
+      <c r="G2" s="155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" s="156"/>
+      <c r="I2" s="156"/>
+      <c r="J2" s="156"/>
+      <c r="K2" s="156"/>
+      <c r="L2" s="156"/>
+      <c r="M2" s="156"/>
+      <c r="N2" s="156"/>
+      <c r="O2" s="156"/>
+      <c r="P2" s="156"/>
+      <c r="Q2" s="156"/>
+      <c r="R2" s="175" t="s">
+        <v>23</v>
+      </c>
+      <c r="S2" s="176"/>
+      <c r="T2" s="176"/>
+      <c r="U2" s="176"/>
+      <c r="V2" s="177"/>
+      <c r="W2" s="175" t="s">
+        <v>24</v>
+      </c>
+      <c r="X2" s="176"/>
+      <c r="Y2" s="176"/>
+      <c r="Z2" s="176"/>
+      <c r="AA2" s="176"/>
+      <c r="AB2" s="176"/>
+      <c r="AC2" s="176"/>
+      <c r="AD2" s="177"/>
       <c r="AE2" s="8"/>
-      <c r="AF2" s="185" t="s">
-[...29 lines deleted...]
-      <c r="BH2" s="187"/>
+      <c r="AF2" s="178" t="s">
+        <v>25</v>
+      </c>
+      <c r="AG2" s="179"/>
+      <c r="AH2" s="179"/>
+      <c r="AI2" s="179"/>
+      <c r="AJ2" s="179"/>
+      <c r="AK2" s="179"/>
+      <c r="AL2" s="179"/>
+      <c r="AM2" s="179"/>
+      <c r="AN2" s="179"/>
+      <c r="AO2" s="179"/>
+      <c r="AP2" s="179"/>
+      <c r="AQ2" s="179"/>
+      <c r="AR2" s="179"/>
+      <c r="AS2" s="179"/>
+      <c r="AT2" s="179"/>
+      <c r="AU2" s="179"/>
+      <c r="AV2" s="179"/>
+      <c r="AW2" s="179"/>
+      <c r="AX2" s="179"/>
+      <c r="AY2" s="179"/>
+      <c r="AZ2" s="179"/>
+      <c r="BA2" s="179"/>
+      <c r="BB2" s="179"/>
+      <c r="BC2" s="179"/>
+      <c r="BD2" s="179"/>
+      <c r="BE2" s="179"/>
+      <c r="BF2" s="179"/>
+      <c r="BG2" s="179"/>
+      <c r="BH2" s="180"/>
       <c r="BI2" s="7"/>
-      <c r="BJ2" s="188" t="s">
-[...8 lines deleted...]
-      <c r="BQ2" s="190"/>
+      <c r="BJ2" s="181" t="s">
+        <v>26</v>
+      </c>
+      <c r="BK2" s="182"/>
+      <c r="BL2" s="182"/>
+      <c r="BM2" s="182"/>
+      <c r="BN2" s="182"/>
+      <c r="BO2" s="182"/>
+      <c r="BP2" s="182"/>
+      <c r="BQ2" s="183"/>
       <c r="BR2" s="6"/>
       <c r="BS2" s="87" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="BT2" s="9"/>
       <c r="BU2" s="87" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="BX2" s="89" t="s">
-        <v>24</v>
-[...55 lines deleted...]
-      <c r="DI2" s="187"/>
+        <v>29</v>
+      </c>
+      <c r="BY2" s="179" t="s">
+        <v>30</v>
+      </c>
+      <c r="BZ2" s="184"/>
+      <c r="CA2" s="184"/>
+      <c r="CB2" s="185"/>
+      <c r="CC2" s="191" t="s">
+        <v>29</v>
+      </c>
+      <c r="CD2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CE2" s="179"/>
+      <c r="CF2" s="179"/>
+      <c r="CG2" s="179"/>
+      <c r="CH2" s="179"/>
+      <c r="CI2" s="179"/>
+      <c r="CJ2" s="179"/>
+      <c r="CK2" s="179"/>
+      <c r="CL2" s="180"/>
+      <c r="CM2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CN2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CO2" s="179"/>
+      <c r="CP2" s="179"/>
+      <c r="CQ2" s="179"/>
+      <c r="CR2" s="179"/>
+      <c r="CS2" s="179"/>
+      <c r="CT2" s="180"/>
+      <c r="CU2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CV2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CW2" s="179"/>
+      <c r="CX2" s="180"/>
+      <c r="CY2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CZ2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="DA2" s="179"/>
+      <c r="DB2" s="179"/>
+      <c r="DC2" s="179"/>
+      <c r="DD2" s="179"/>
+      <c r="DE2" s="179"/>
+      <c r="DF2" s="179"/>
+      <c r="DG2" s="179"/>
+      <c r="DH2" s="179"/>
+      <c r="DI2" s="180"/>
       <c r="DJ2" s="53"/>
-      <c r="DK2" s="195" t="s">
-[...3 lines deleted...]
-      <c r="DM2" s="197"/>
+      <c r="DK2" s="188" t="s">
+        <v>31</v>
+      </c>
+      <c r="DL2" s="189"/>
+      <c r="DM2" s="190"/>
     </row>
     <row r="3" spans="1:117" s="75" customFormat="1" ht="179.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="57" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B3" s="57" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C3" s="57" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D3" s="57" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E3" s="119"/>
       <c r="F3" s="114" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G3" s="57" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H3" s="57" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="I3" s="57" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="J3" s="57" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K3" s="57" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="L3" s="57" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="M3" s="57" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="N3" s="57" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="O3" s="57" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P3" s="57" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="Q3" s="115" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="R3" s="57" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="S3" s="57" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="T3" s="93" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="U3" s="57" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="V3" s="115" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="W3" s="57" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="X3" s="57" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Y3" s="57" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="Z3" s="57" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AA3" s="57" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="AB3" s="57" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="AC3" s="57" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="AD3" s="115" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="AE3" s="119"/>
       <c r="AF3" s="116" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="AG3" s="116" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="AH3" s="116" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="AI3" s="116" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="AJ3" s="116" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AK3" s="116" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="AL3" s="116" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="AM3" s="116" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="AN3" s="116" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="AO3" s="116" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="AP3" s="116" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="AQ3" s="116" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="AR3" s="116" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="AS3" s="117" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AT3" s="116" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AU3" s="116" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="AV3" s="116" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="AW3" s="116" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="AX3" s="116" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="AY3" s="116" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AZ3" s="116" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="BA3" s="116" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="BB3" s="116" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="BC3" s="116" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="BD3" s="116" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="BE3" s="116" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="BF3" s="116" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BG3" s="117" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="BH3" s="118" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="BI3" s="230"/>
+        <v>89</v>
+      </c>
+      <c r="BI3" s="221"/>
       <c r="BJ3" s="116" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="BK3" s="116" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="BL3" s="116" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="BM3" s="116" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="BN3" s="116" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="BO3" s="116" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="BP3" s="117" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="BQ3" s="115" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="BR3" s="119"/>
       <c r="BS3" s="57" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="BT3" s="119"/>
       <c r="BU3" s="68" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="BV3" s="119" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="BW3" s="229"/>
+        <v>100</v>
+      </c>
+      <c r="BW3" s="220"/>
       <c r="BX3" s="118" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="BY3" s="120" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="BZ3" s="116" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="CA3" s="116" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="CB3" s="116" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="CC3" s="118" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-      <c r="CH3" s="194" t="s">
         <v>106</v>
       </c>
-      <c r="CI3" s="194" t="s">
+      <c r="CD3" s="186" t="s">
         <v>107</v>
       </c>
-      <c r="CJ3" s="194" t="s">
+      <c r="CE3" s="187" t="s">
         <v>108</v>
       </c>
-      <c r="CK3" s="194" t="s">
+      <c r="CF3" s="187" t="s">
         <v>109</v>
       </c>
-      <c r="CL3" s="194" t="s">
+      <c r="CG3" s="187" t="s">
         <v>110</v>
       </c>
+      <c r="CH3" s="187" t="s">
+        <v>111</v>
+      </c>
+      <c r="CI3" s="187" t="s">
+        <v>112</v>
+      </c>
+      <c r="CJ3" s="187" t="s">
+        <v>113</v>
+      </c>
+      <c r="CK3" s="187" t="s">
+        <v>114</v>
+      </c>
+      <c r="CL3" s="187" t="s">
+        <v>115</v>
+      </c>
       <c r="CM3" s="118" t="s">
-        <v>111</v>
-[...13 lines deleted...]
-      <c r="CR3" s="194" t="s">
         <v>116</v>
       </c>
-      <c r="CS3" s="194" t="s">
+      <c r="CN3" s="186" t="s">
         <v>117</v>
       </c>
-      <c r="CT3" s="194" t="s">
+      <c r="CO3" s="187" t="s">
         <v>118</v>
       </c>
+      <c r="CP3" s="187" t="s">
+        <v>119</v>
+      </c>
+      <c r="CQ3" s="187" t="s">
+        <v>120</v>
+      </c>
+      <c r="CR3" s="187" t="s">
+        <v>121</v>
+      </c>
+      <c r="CS3" s="187" t="s">
+        <v>122</v>
+      </c>
+      <c r="CT3" s="187" t="s">
+        <v>123</v>
+      </c>
       <c r="CU3" s="118" t="s">
-        <v>119</v>
-[...8 lines deleted...]
-        <v>122</v>
+        <v>124</v>
+      </c>
+      <c r="CV3" s="186" t="s">
+        <v>125</v>
+      </c>
+      <c r="CW3" s="187" t="s">
+        <v>126</v>
+      </c>
+      <c r="CX3" s="187" t="s">
+        <v>127</v>
       </c>
       <c r="CY3" s="118" t="s">
-        <v>123</v>
-[...13 lines deleted...]
-      <c r="DD3" s="194" t="s">
         <v>128</v>
       </c>
-      <c r="DE3" s="194" t="s">
+      <c r="CZ3" s="186" t="s">
         <v>129</v>
       </c>
-      <c r="DF3" s="194" t="s">
+      <c r="DA3" s="187" t="s">
         <v>130</v>
       </c>
-      <c r="DG3" s="194" t="s">
+      <c r="DB3" s="187" t="s">
         <v>131</v>
       </c>
-      <c r="DH3" s="194" t="s">
+      <c r="DC3" s="187" t="s">
         <v>132</v>
       </c>
-      <c r="DI3" s="194" t="s">
+      <c r="DD3" s="187" t="s">
         <v>133</v>
+      </c>
+      <c r="DE3" s="187" t="s">
+        <v>134</v>
+      </c>
+      <c r="DF3" s="187" t="s">
+        <v>135</v>
+      </c>
+      <c r="DG3" s="187" t="s">
+        <v>136</v>
+      </c>
+      <c r="DH3" s="187" t="s">
+        <v>137</v>
+      </c>
+      <c r="DI3" s="187" t="s">
+        <v>138</v>
       </c>
       <c r="DJ3" s="119"/>
       <c r="DK3" s="57" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="DL3" s="57" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="DM3" s="68" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="4" spans="1:117" ht="95.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="66"/>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="67"/>
       <c r="E4" s="121"/>
       <c r="F4" s="122"/>
       <c r="G4" s="100"/>
       <c r="H4" s="100"/>
       <c r="I4" s="100"/>
       <c r="J4" s="100"/>
       <c r="K4" s="100"/>
       <c r="L4" s="100"/>
       <c r="M4" s="100"/>
       <c r="N4" s="100"/>
       <c r="O4" s="100"/>
       <c r="P4" s="100"/>
-      <c r="Q4" s="217" t="s">
-        <v>137</v>
+      <c r="Q4" s="208" t="s">
+        <v>142</v>
       </c>
       <c r="R4" s="67"/>
       <c r="S4" s="67"/>
       <c r="T4" s="67"/>
       <c r="U4" s="67"/>
-      <c r="V4" s="218" t="s">
-        <v>138</v>
+      <c r="V4" s="209" t="s">
+        <v>143</v>
       </c>
       <c r="W4" s="67"/>
       <c r="X4" s="67"/>
       <c r="Y4" s="67"/>
       <c r="Z4" s="67"/>
       <c r="AA4" s="67"/>
       <c r="AB4" s="67"/>
       <c r="AC4" s="67"/>
-      <c r="AD4" s="218" t="s">
-        <v>138</v>
+      <c r="AD4" s="209" t="s">
+        <v>143</v>
       </c>
       <c r="AE4" s="123"/>
       <c r="AF4" s="100"/>
       <c r="AG4" s="100"/>
       <c r="AH4" s="100"/>
       <c r="AI4" s="100"/>
       <c r="AJ4" s="100"/>
       <c r="AK4" s="100"/>
       <c r="AL4" s="100"/>
       <c r="AM4" s="100"/>
       <c r="AN4" s="100"/>
       <c r="AO4" s="100"/>
       <c r="AP4" s="100"/>
       <c r="AQ4" s="100"/>
       <c r="AR4" s="100"/>
       <c r="AS4" s="124"/>
       <c r="AT4" s="100"/>
       <c r="AU4" s="100"/>
       <c r="AV4" s="100"/>
       <c r="AW4" s="100"/>
       <c r="AX4" s="100"/>
       <c r="AY4" s="100"/>
       <c r="AZ4" s="100"/>
       <c r="BA4" s="100"/>
       <c r="BB4" s="100"/>
       <c r="BC4" s="100"/>
       <c r="BD4" s="100"/>
       <c r="BE4" s="100"/>
       <c r="BF4" s="100"/>
       <c r="BG4" s="124"/>
       <c r="BH4" s="100"/>
       <c r="BI4" s="125"/>
       <c r="BJ4" s="100"/>
       <c r="BK4" s="100"/>
       <c r="BL4" s="100"/>
       <c r="BM4" s="100"/>
       <c r="BN4" s="100"/>
       <c r="BO4" s="100"/>
       <c r="BP4" s="124"/>
       <c r="BQ4" s="124"/>
       <c r="BR4" s="126"/>
       <c r="BS4" s="67"/>
       <c r="BT4" s="127"/>
-      <c r="BU4" s="219" t="s">
-        <v>218</v>
+      <c r="BU4" s="210" t="s">
+        <v>144</v>
       </c>
       <c r="BV4" s="128"/>
       <c r="BW4" s="129"/>
       <c r="BX4" s="100"/>
       <c r="BY4" s="130"/>
       <c r="BZ4" s="100"/>
       <c r="CA4" s="100"/>
       <c r="CB4" s="100"/>
       <c r="CC4" s="100"/>
       <c r="CD4" s="130"/>
       <c r="CE4" s="100"/>
       <c r="CF4" s="100"/>
       <c r="CG4" s="100"/>
       <c r="CH4" s="100"/>
       <c r="CI4" s="100"/>
       <c r="CJ4" s="100"/>
       <c r="CK4" s="100"/>
       <c r="CL4" s="100"/>
       <c r="CM4" s="100"/>
       <c r="CN4" s="130"/>
       <c r="CO4" s="100"/>
       <c r="CP4" s="100"/>
       <c r="CQ4" s="100"/>
       <c r="CR4" s="100"/>
       <c r="CS4" s="100"/>
@@ -7589,51 +7654,51 @@
       <c r="AX5" s="59"/>
       <c r="AY5" s="58"/>
       <c r="AZ5" s="59"/>
       <c r="BA5" s="59"/>
       <c r="BB5" s="59"/>
       <c r="BC5" s="58"/>
       <c r="BD5" s="59"/>
       <c r="BE5" s="59"/>
       <c r="BF5" s="58"/>
       <c r="BG5" s="59"/>
       <c r="BH5" s="59"/>
       <c r="BI5" s="135"/>
       <c r="BJ5" s="59"/>
       <c r="BK5" s="59"/>
       <c r="BL5" s="59"/>
       <c r="BM5" s="59"/>
       <c r="BN5" s="59"/>
       <c r="BO5" s="59"/>
       <c r="BP5" s="59"/>
       <c r="BQ5" s="104"/>
       <c r="BR5" s="107"/>
       <c r="BS5" s="59"/>
       <c r="BT5" s="136"/>
       <c r="BU5" s="150"/>
       <c r="BV5" s="137" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="BW5" s="112"/>
       <c r="BX5" s="59"/>
       <c r="BY5" s="138"/>
       <c r="BZ5" s="59"/>
       <c r="CA5" s="59"/>
       <c r="CB5" s="59"/>
       <c r="CC5" s="59"/>
       <c r="CD5" s="138"/>
       <c r="CE5" s="59"/>
       <c r="CF5" s="59"/>
       <c r="CG5" s="59"/>
       <c r="CH5" s="59"/>
       <c r="CI5" s="59"/>
       <c r="CJ5" s="59"/>
       <c r="CK5" s="59"/>
       <c r="CL5" s="59"/>
       <c r="CM5" s="59"/>
       <c r="CN5" s="138"/>
       <c r="CO5" s="59"/>
       <c r="CP5" s="59"/>
       <c r="CQ5" s="59"/>
       <c r="CR5" s="59"/>
       <c r="CS5" s="59"/>
       <c r="CT5" s="59"/>
@@ -7710,51 +7775,51 @@
       <c r="AX6" s="62"/>
       <c r="AY6" s="61"/>
       <c r="AZ6" s="62"/>
       <c r="BA6" s="62"/>
       <c r="BB6" s="62"/>
       <c r="BC6" s="61"/>
       <c r="BD6" s="62"/>
       <c r="BE6" s="62"/>
       <c r="BF6" s="61"/>
       <c r="BG6" s="62"/>
       <c r="BH6" s="62"/>
       <c r="BI6" s="135"/>
       <c r="BJ6" s="62"/>
       <c r="BK6" s="62"/>
       <c r="BL6" s="62"/>
       <c r="BM6" s="62"/>
       <c r="BN6" s="62"/>
       <c r="BO6" s="62"/>
       <c r="BP6" s="62"/>
       <c r="BQ6" s="105"/>
       <c r="BR6" s="107"/>
       <c r="BS6" s="62"/>
       <c r="BT6" s="136"/>
       <c r="BU6" s="151"/>
       <c r="BV6" s="140" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="BW6" s="112"/>
       <c r="BX6" s="62"/>
       <c r="BY6" s="141"/>
       <c r="BZ6" s="62"/>
       <c r="CA6" s="62"/>
       <c r="CB6" s="62"/>
       <c r="CC6" s="62"/>
       <c r="CD6" s="141"/>
       <c r="CE6" s="62"/>
       <c r="CF6" s="62"/>
       <c r="CG6" s="62"/>
       <c r="CH6" s="62"/>
       <c r="CI6" s="62"/>
       <c r="CJ6" s="62"/>
       <c r="CK6" s="62"/>
       <c r="CL6" s="62"/>
       <c r="CM6" s="62"/>
       <c r="CN6" s="141"/>
       <c r="CO6" s="62"/>
       <c r="CP6" s="62"/>
       <c r="CQ6" s="62"/>
       <c r="CR6" s="62"/>
       <c r="CS6" s="62"/>
       <c r="CT6" s="62"/>
@@ -7831,51 +7896,51 @@
       <c r="AX7" s="59"/>
       <c r="AY7" s="58"/>
       <c r="AZ7" s="59"/>
       <c r="BA7" s="59"/>
       <c r="BB7" s="59"/>
       <c r="BC7" s="58"/>
       <c r="BD7" s="59"/>
       <c r="BE7" s="59"/>
       <c r="BF7" s="58"/>
       <c r="BG7" s="59"/>
       <c r="BH7" s="59"/>
       <c r="BI7" s="135"/>
       <c r="BJ7" s="59"/>
       <c r="BK7" s="59"/>
       <c r="BL7" s="59"/>
       <c r="BM7" s="59"/>
       <c r="BN7" s="59"/>
       <c r="BO7" s="59"/>
       <c r="BP7" s="59"/>
       <c r="BQ7" s="105"/>
       <c r="BR7" s="107"/>
       <c r="BS7" s="59"/>
       <c r="BT7" s="136"/>
       <c r="BU7" s="150"/>
       <c r="BV7" s="137" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="BW7" s="112"/>
       <c r="BX7" s="59"/>
       <c r="BY7" s="138"/>
       <c r="BZ7" s="59"/>
       <c r="CA7" s="59"/>
       <c r="CB7" s="59"/>
       <c r="CC7" s="59"/>
       <c r="CD7" s="138"/>
       <c r="CE7" s="59"/>
       <c r="CF7" s="59"/>
       <c r="CG7" s="59"/>
       <c r="CH7" s="59"/>
       <c r="CI7" s="59"/>
       <c r="CJ7" s="59"/>
       <c r="CK7" s="59"/>
       <c r="CL7" s="59"/>
       <c r="CM7" s="59"/>
       <c r="CN7" s="138"/>
       <c r="CO7" s="59"/>
       <c r="CP7" s="59"/>
       <c r="CQ7" s="59"/>
       <c r="CR7" s="59"/>
       <c r="CS7" s="59"/>
       <c r="CT7" s="59"/>
@@ -7952,51 +8017,51 @@
       <c r="AX8" s="62"/>
       <c r="AY8" s="61"/>
       <c r="AZ8" s="62"/>
       <c r="BA8" s="62"/>
       <c r="BB8" s="62"/>
       <c r="BC8" s="61"/>
       <c r="BD8" s="62"/>
       <c r="BE8" s="62"/>
       <c r="BF8" s="61"/>
       <c r="BG8" s="62"/>
       <c r="BH8" s="62"/>
       <c r="BI8" s="135"/>
       <c r="BJ8" s="62"/>
       <c r="BK8" s="62"/>
       <c r="BL8" s="62"/>
       <c r="BM8" s="62"/>
       <c r="BN8" s="62"/>
       <c r="BO8" s="62"/>
       <c r="BP8" s="62"/>
       <c r="BQ8" s="105"/>
       <c r="BR8" s="107"/>
       <c r="BS8" s="62"/>
       <c r="BT8" s="136"/>
       <c r="BU8" s="151"/>
       <c r="BV8" s="140" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="BW8" s="112"/>
       <c r="BX8" s="62"/>
       <c r="BY8" s="141"/>
       <c r="BZ8" s="62"/>
       <c r="CA8" s="62"/>
       <c r="CB8" s="62"/>
       <c r="CC8" s="62"/>
       <c r="CD8" s="141"/>
       <c r="CE8" s="62"/>
       <c r="CF8" s="62"/>
       <c r="CG8" s="62"/>
       <c r="CH8" s="62"/>
       <c r="CI8" s="62"/>
       <c r="CJ8" s="62"/>
       <c r="CK8" s="62"/>
       <c r="CL8" s="62"/>
       <c r="CM8" s="62"/>
       <c r="CN8" s="141"/>
       <c r="CO8" s="62"/>
       <c r="CP8" s="62"/>
       <c r="CQ8" s="62"/>
       <c r="CR8" s="62"/>
       <c r="CS8" s="62"/>
       <c r="CT8" s="62"/>
@@ -8073,51 +8138,51 @@
       <c r="AX9" s="59"/>
       <c r="AY9" s="58"/>
       <c r="AZ9" s="59"/>
       <c r="BA9" s="59"/>
       <c r="BB9" s="59"/>
       <c r="BC9" s="58"/>
       <c r="BD9" s="59"/>
       <c r="BE9" s="59"/>
       <c r="BF9" s="58"/>
       <c r="BG9" s="59"/>
       <c r="BH9" s="59"/>
       <c r="BI9" s="135"/>
       <c r="BJ9" s="59"/>
       <c r="BK9" s="59"/>
       <c r="BL9" s="59"/>
       <c r="BM9" s="59"/>
       <c r="BN9" s="59"/>
       <c r="BO9" s="59"/>
       <c r="BP9" s="59"/>
       <c r="BQ9" s="105"/>
       <c r="BR9" s="107"/>
       <c r="BS9" s="59"/>
       <c r="BT9" s="142"/>
       <c r="BU9" s="110"/>
       <c r="BV9" s="137" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="BW9" s="111"/>
       <c r="BX9" s="59"/>
       <c r="BY9" s="138"/>
       <c r="BZ9" s="59"/>
       <c r="CA9" s="59"/>
       <c r="CB9" s="59"/>
       <c r="CC9" s="59"/>
       <c r="CD9" s="138"/>
       <c r="CE9" s="59"/>
       <c r="CF9" s="59"/>
       <c r="CG9" s="59"/>
       <c r="CH9" s="59"/>
       <c r="CI9" s="59"/>
       <c r="CJ9" s="59"/>
       <c r="CK9" s="59"/>
       <c r="CL9" s="59"/>
       <c r="CM9" s="59"/>
       <c r="CN9" s="138"/>
       <c r="CO9" s="59"/>
       <c r="CP9" s="59"/>
       <c r="CQ9" s="59"/>
       <c r="CR9" s="59"/>
       <c r="CS9" s="59"/>
       <c r="CT9" s="59"/>
@@ -8835,51 +8900,51 @@
       <c r="CR15" s="59"/>
       <c r="CS15" s="59"/>
       <c r="CT15" s="59"/>
       <c r="CU15" s="59"/>
       <c r="CV15" s="138"/>
       <c r="CW15" s="59"/>
       <c r="CX15" s="59"/>
       <c r="CY15" s="59"/>
       <c r="CZ15" s="138"/>
       <c r="DA15" s="59"/>
       <c r="DB15" s="59"/>
       <c r="DC15" s="59"/>
       <c r="DD15" s="59"/>
       <c r="DE15" s="59"/>
       <c r="DF15" s="59"/>
       <c r="DG15" s="59"/>
       <c r="DH15" s="59"/>
       <c r="DI15" s="59"/>
       <c r="DJ15" s="136"/>
       <c r="DK15" s="59"/>
       <c r="DL15" s="59"/>
       <c r="DM15" s="60"/>
     </row>
     <row r="16" spans="1:117" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="72" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B16" s="61"/>
       <c r="C16" s="62"/>
       <c r="D16" s="62"/>
       <c r="E16" s="136"/>
       <c r="F16" s="97"/>
       <c r="G16" s="61"/>
       <c r="H16" s="62"/>
       <c r="I16" s="62"/>
       <c r="J16" s="61"/>
       <c r="K16" s="62"/>
       <c r="L16" s="62"/>
       <c r="M16" s="61"/>
       <c r="N16" s="62"/>
       <c r="O16" s="62"/>
       <c r="P16" s="61"/>
       <c r="Q16" s="139"/>
       <c r="R16" s="62"/>
       <c r="S16" s="62"/>
       <c r="T16" s="62"/>
       <c r="U16" s="61"/>
       <c r="V16" s="139"/>
       <c r="W16" s="62"/>
       <c r="X16" s="62"/>
       <c r="Y16" s="61"/>
@@ -8956,51 +9021,51 @@
       <c r="CR16" s="62"/>
       <c r="CS16" s="62"/>
       <c r="CT16" s="62"/>
       <c r="CU16" s="62"/>
       <c r="CV16" s="141"/>
       <c r="CW16" s="62"/>
       <c r="CX16" s="62"/>
       <c r="CY16" s="62"/>
       <c r="CZ16" s="141"/>
       <c r="DA16" s="62"/>
       <c r="DB16" s="62"/>
       <c r="DC16" s="62"/>
       <c r="DD16" s="62"/>
       <c r="DE16" s="62"/>
       <c r="DF16" s="62"/>
       <c r="DG16" s="62"/>
       <c r="DH16" s="62"/>
       <c r="DI16" s="62"/>
       <c r="DJ16" s="136"/>
       <c r="DK16" s="62"/>
       <c r="DL16" s="62"/>
       <c r="DM16" s="63"/>
     </row>
     <row r="17" spans="1:118" s="12" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="73" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="C17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="D17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="E17" s="144"/>
       <c r="F17" s="99"/>
       <c r="G17" s="64">
         <f t="shared" ref="G17:P17" ca="1" si="0">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="H17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="I17" s="64">
         <f t="shared" ca="1" si="0"/>
@@ -9494,63 +9559,63 @@
       <c r="CQ18" s="20"/>
       <c r="CR18" s="20"/>
       <c r="CS18" s="20"/>
       <c r="CT18" s="20"/>
       <c r="CU18" s="20"/>
       <c r="CV18" s="20"/>
       <c r="CW18" s="20"/>
       <c r="CX18" s="20"/>
       <c r="CY18" s="20"/>
       <c r="CZ18" s="20"/>
       <c r="DA18" s="20"/>
       <c r="DB18" s="20"/>
       <c r="DC18" s="20"/>
       <c r="DD18" s="20"/>
       <c r="DE18" s="20"/>
       <c r="DF18" s="20"/>
       <c r="DG18" s="20"/>
       <c r="DH18" s="20"/>
       <c r="DI18" s="20"/>
       <c r="DJ18" s="15"/>
       <c r="DK18" s="20"/>
       <c r="DL18" s="20"/>
       <c r="DM18" s="20"/>
     </row>
     <row r="19" spans="1:118" ht="118" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B19" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D19" s="212">
+      <c r="B19" s="201" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" s="201"/>
+      <c r="D19" s="203">
         <f ca="1">SUM(B17,D17)</f>
         <v>0</v>
       </c>
-      <c r="E19" s="214" t="s">
-[...3 lines deleted...]
-      <c r="G19" s="213"/>
+      <c r="E19" s="205" t="s">
+        <v>153</v>
+      </c>
+      <c r="F19" s="163"/>
+      <c r="G19" s="204"/>
       <c r="H19" s="11"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19" s="11"/>
       <c r="O19" s="11"/>
       <c r="P19" s="24"/>
       <c r="Q19" s="11"/>
       <c r="R19" s="11"/>
       <c r="S19" s="11"/>
       <c r="T19" s="11"/>
       <c r="U19" s="24"/>
       <c r="V19" s="11"/>
       <c r="W19" s="11"/>
       <c r="X19" s="11"/>
       <c r="Y19" s="11"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="11"/>
       <c r="AB19" s="11"/>
       <c r="AC19" s="24"/>
       <c r="AF19" s="11"/>
       <c r="AG19" s="11"/>
       <c r="AH19" s="11"/>
@@ -9565,563 +9630,563 @@
       <c r="AQ19" s="11"/>
       <c r="AR19" s="11"/>
       <c r="AS19" s="11"/>
       <c r="AT19" s="11"/>
       <c r="AU19" s="11"/>
       <c r="AV19" s="11"/>
       <c r="AW19" s="11"/>
       <c r="AX19" s="11"/>
       <c r="AY19" s="11"/>
       <c r="AZ19" s="11"/>
       <c r="BA19" s="11"/>
       <c r="BB19" s="11"/>
       <c r="BC19" s="11"/>
       <c r="BD19" s="11"/>
       <c r="BE19" s="11"/>
       <c r="BF19" s="11"/>
       <c r="BG19" s="11"/>
       <c r="BH19" s="11"/>
       <c r="BJ19" s="12"/>
       <c r="BK19" s="12"/>
       <c r="BL19" s="12"/>
       <c r="BM19" s="12"/>
       <c r="BN19" s="12"/>
       <c r="BO19" s="12"/>
       <c r="BP19" s="24"/>
-      <c r="BS19" s="265" t="s">
-        <v>147</v>
+      <c r="BS19" s="229" t="s">
+        <v>154</v>
       </c>
       <c r="BT19" s="25"/>
       <c r="BU19" s="25"/>
       <c r="BX19" s="12"/>
       <c r="BY19" s="12"/>
       <c r="BZ19" s="12"/>
       <c r="CA19" s="12"/>
       <c r="CB19" s="12"/>
       <c r="CC19" s="12"/>
       <c r="CD19" s="12"/>
       <c r="CE19" s="12"/>
       <c r="CF19" s="12"/>
       <c r="CG19" s="12"/>
       <c r="CH19" s="12"/>
       <c r="CI19" s="12"/>
       <c r="CJ19" s="12"/>
       <c r="CK19" s="12"/>
       <c r="CL19" s="12"/>
       <c r="CM19" s="12"/>
       <c r="CN19" s="12"/>
       <c r="CO19" s="12"/>
       <c r="CP19" s="12"/>
       <c r="CQ19" s="12"/>
       <c r="CR19" s="12"/>
       <c r="CS19" s="12"/>
       <c r="CT19" s="12"/>
       <c r="CU19" s="12"/>
       <c r="CV19" s="12"/>
       <c r="CW19" s="12"/>
       <c r="CX19" s="12"/>
       <c r="CY19" s="12"/>
       <c r="CZ19" s="12"/>
       <c r="DA19" s="12"/>
       <c r="DB19" s="12"/>
       <c r="DC19" s="12"/>
       <c r="DD19" s="12"/>
       <c r="DE19" s="12"/>
       <c r="DF19" s="12"/>
       <c r="DG19" s="12"/>
       <c r="DH19" s="12"/>
       <c r="DI19" s="11"/>
       <c r="DK19" s="11"/>
       <c r="DL19" s="11"/>
     </row>
-    <row r="20" spans="1:118" s="26" customFormat="1" ht="18.5" customHeight="1" x14ac:dyDescent="0.45">
-[...5 lines deleted...]
-      <c r="G20" s="213"/>
+    <row r="20" spans="1:118" s="26" customFormat="1" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B20" s="160"/>
+      <c r="C20" s="160"/>
+      <c r="D20" s="202"/>
+      <c r="E20" s="206"/>
+      <c r="F20" s="164"/>
+      <c r="G20" s="204"/>
       <c r="H20" s="12"/>
       <c r="I20" s="12"/>
       <c r="J20" s="14"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
       <c r="Y20" s="14"/>
       <c r="Z20" s="14"/>
       <c r="AD20" s="27" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="AE20" s="28"/>
       <c r="AF20" s="28"/>
       <c r="AG20" s="14"/>
       <c r="AH20" s="14"/>
       <c r="AI20" s="14"/>
       <c r="AJ20" s="14"/>
       <c r="AK20" s="14"/>
       <c r="AL20" s="14"/>
       <c r="AM20" s="14"/>
       <c r="AN20" s="14"/>
       <c r="AO20" s="14"/>
       <c r="AP20" s="14"/>
       <c r="AQ20" s="14"/>
       <c r="AR20" s="14"/>
       <c r="AS20" s="14"/>
       <c r="AT20" s="14"/>
       <c r="AU20" s="14"/>
       <c r="AV20" s="14"/>
       <c r="AW20" s="14"/>
       <c r="AX20" s="14"/>
       <c r="AY20" s="14"/>
       <c r="AZ20" s="14"/>
       <c r="BA20" s="14"/>
       <c r="BB20" s="14"/>
       <c r="BC20" s="14"/>
       <c r="BD20" s="14"/>
       <c r="BE20" s="14"/>
-      <c r="BG20" s="220"/>
-      <c r="BH20" s="223"/>
+      <c r="BG20" s="211"/>
+      <c r="BH20" s="214"/>
       <c r="BJ20" s="14"/>
       <c r="BK20" s="14"/>
       <c r="BL20" s="14"/>
       <c r="BM20" s="14"/>
       <c r="BN20" s="14"/>
       <c r="BO20" s="14"/>
       <c r="BP20" s="14"/>
       <c r="BQ20" s="11"/>
-      <c r="BS20" s="266"/>
+      <c r="BS20" s="230"/>
       <c r="BT20" s="25"/>
       <c r="BU20" s="25"/>
-      <c r="BX20" s="275"/>
-[...36 lines deleted...]
-      <c r="DI20" s="271"/>
+      <c r="BX20" s="239"/>
+      <c r="BY20" s="235"/>
+      <c r="BZ20" s="231"/>
+      <c r="CA20" s="237"/>
+      <c r="CB20" s="231"/>
+      <c r="CC20" s="241"/>
+      <c r="CD20" s="235"/>
+      <c r="CE20" s="231"/>
+      <c r="CF20" s="231"/>
+      <c r="CG20" s="231"/>
+      <c r="CH20" s="235"/>
+      <c r="CI20" s="231"/>
+      <c r="CJ20" s="231"/>
+      <c r="CK20" s="231"/>
+      <c r="CL20" s="231"/>
+      <c r="CM20" s="241"/>
+      <c r="CN20" s="235"/>
+      <c r="CO20" s="235"/>
+      <c r="CP20" s="235"/>
+      <c r="CQ20" s="235"/>
+      <c r="CR20" s="235"/>
+      <c r="CS20" s="235"/>
+      <c r="CT20" s="231"/>
+      <c r="CU20" s="239"/>
+      <c r="CV20" s="235"/>
+      <c r="CW20" s="235"/>
+      <c r="CX20" s="233"/>
+      <c r="CY20" s="239"/>
+      <c r="CZ20" s="233"/>
+      <c r="DA20" s="233"/>
+      <c r="DB20" s="233"/>
+      <c r="DC20" s="233"/>
+      <c r="DD20" s="233"/>
+      <c r="DE20" s="233"/>
+      <c r="DF20" s="233"/>
+      <c r="DG20" s="233"/>
+      <c r="DH20" s="233"/>
+      <c r="DI20" s="235"/>
       <c r="DJ20" s="25"/>
-      <c r="DK20" s="279"/>
-[...1 lines deleted...]
-      <c r="DM20" s="279"/>
+      <c r="DK20" s="243"/>
+      <c r="DL20" s="245"/>
+      <c r="DM20" s="243"/>
     </row>
-    <row r="21" spans="1:118" ht="18.5" customHeight="1" x14ac:dyDescent="0.45">
-[...5 lines deleted...]
-      <c r="G21" s="213"/>
+    <row r="21" spans="1:118" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B21" s="160"/>
+      <c r="C21" s="160"/>
+      <c r="D21" s="202"/>
+      <c r="E21" s="206"/>
+      <c r="F21" s="164"/>
+      <c r="G21" s="204"/>
       <c r="H21" s="29"/>
       <c r="I21" s="29"/>
       <c r="J21" s="26"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
       <c r="N21" s="26"/>
       <c r="O21" s="26"/>
       <c r="P21" s="26"/>
       <c r="Q21" s="26"/>
       <c r="R21" s="26"/>
       <c r="S21" s="26"/>
       <c r="T21" s="26"/>
       <c r="U21" s="26"/>
       <c r="V21" s="26"/>
       <c r="W21" s="26"/>
       <c r="X21" s="26"/>
       <c r="Y21" s="26"/>
       <c r="Z21" s="26"/>
-      <c r="AD21" s="226"/>
+      <c r="AD21" s="217"/>
       <c r="AE21" s="30"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="26"/>
       <c r="AH21" s="26"/>
       <c r="AI21" s="26"/>
       <c r="AJ21" s="26"/>
       <c r="AK21" s="26"/>
       <c r="AL21" s="26"/>
       <c r="AM21" s="26"/>
       <c r="AN21" s="26"/>
       <c r="AO21" s="26"/>
       <c r="AP21" s="26"/>
       <c r="AQ21" s="26"/>
       <c r="AR21" s="26"/>
       <c r="AS21" s="26"/>
       <c r="AT21" s="26"/>
       <c r="AU21" s="26"/>
       <c r="AV21" s="26"/>
       <c r="AW21" s="26"/>
       <c r="AX21" s="26"/>
       <c r="AY21" s="26"/>
       <c r="AZ21" s="26"/>
       <c r="BA21" s="26"/>
       <c r="BB21" s="26"/>
       <c r="BC21" s="26"/>
       <c r="BD21" s="26"/>
       <c r="BE21" s="26"/>
-      <c r="BG21" s="221"/>
-      <c r="BH21" s="224"/>
+      <c r="BG21" s="212"/>
+      <c r="BH21" s="215"/>
       <c r="BJ21" s="26"/>
       <c r="BK21" s="26"/>
       <c r="BL21" s="26"/>
       <c r="BM21" s="26"/>
       <c r="BN21" s="26"/>
       <c r="BO21" s="26"/>
       <c r="BP21" s="31"/>
       <c r="BQ21" s="31"/>
-      <c r="BS21" s="266"/>
+      <c r="BS21" s="230"/>
       <c r="BT21" s="25"/>
       <c r="BU21" s="25"/>
-      <c r="BX21" s="276"/>
-[...36 lines deleted...]
-      <c r="DI21" s="272"/>
+      <c r="BX21" s="240"/>
+      <c r="BY21" s="236"/>
+      <c r="BZ21" s="232"/>
+      <c r="CA21" s="238"/>
+      <c r="CB21" s="232"/>
+      <c r="CC21" s="242"/>
+      <c r="CD21" s="236"/>
+      <c r="CE21" s="232"/>
+      <c r="CF21" s="232"/>
+      <c r="CG21" s="232"/>
+      <c r="CH21" s="236"/>
+      <c r="CI21" s="232"/>
+      <c r="CJ21" s="232"/>
+      <c r="CK21" s="232"/>
+      <c r="CL21" s="232"/>
+      <c r="CM21" s="242"/>
+      <c r="CN21" s="236"/>
+      <c r="CO21" s="236"/>
+      <c r="CP21" s="236"/>
+      <c r="CQ21" s="236"/>
+      <c r="CR21" s="236"/>
+      <c r="CS21" s="236"/>
+      <c r="CT21" s="232"/>
+      <c r="CU21" s="240"/>
+      <c r="CV21" s="236"/>
+      <c r="CW21" s="236"/>
+      <c r="CX21" s="234"/>
+      <c r="CY21" s="240"/>
+      <c r="CZ21" s="234"/>
+      <c r="DA21" s="234"/>
+      <c r="DB21" s="234"/>
+      <c r="DC21" s="234"/>
+      <c r="DD21" s="234"/>
+      <c r="DE21" s="234"/>
+      <c r="DF21" s="234"/>
+      <c r="DG21" s="234"/>
+      <c r="DH21" s="234"/>
+      <c r="DI21" s="236"/>
       <c r="DJ21" s="88"/>
-      <c r="DK21" s="280"/>
-[...1 lines deleted...]
-      <c r="DM21" s="280"/>
+      <c r="DK21" s="244"/>
+      <c r="DL21" s="246"/>
+      <c r="DM21" s="244"/>
     </row>
     <row r="22" spans="1:118" ht="58.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B22" s="165"/>
-[...4 lines deleted...]
-      <c r="G22" s="213"/>
+      <c r="B22" s="160"/>
+      <c r="C22" s="160"/>
+      <c r="D22" s="202"/>
+      <c r="E22" s="207"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="204"/>
       <c r="H22" s="29"/>
       <c r="I22" s="29"/>
-      <c r="AD22" s="228" t="s">
-        <v>191</v>
+      <c r="AD22" s="219" t="s">
+        <v>156</v>
       </c>
       <c r="AE22" s="30"/>
       <c r="AF22" s="30"/>
-      <c r="BG22" s="220" t="s">
-[...2 lines deleted...]
-      <c r="BH22" s="178">
+      <c r="BG22" s="211" t="s">
+        <v>157</v>
+      </c>
+      <c r="BH22" s="270">
         <f>SUM(BH7:BH18)</f>
         <v>0</v>
       </c>
       <c r="BP22" s="31"/>
       <c r="BQ22" s="82"/>
       <c r="BR22" s="11"/>
-      <c r="BS22" s="266"/>
+      <c r="BS22" s="230"/>
       <c r="BT22" s="25"/>
       <c r="BU22" s="25"/>
-      <c r="BX22" s="275" t="s">
-[...23 lines deleted...]
-      <c r="CF22" s="267" t="s">
+      <c r="BX22" s="239" t="s">
         <v>158</v>
       </c>
-      <c r="CG22" s="267" t="s">
+      <c r="BY22" s="235" t="s">
         <v>159</v>
       </c>
-      <c r="CH22" s="271" t="s">
+      <c r="BZ22" s="231" t="s">
         <v>160</v>
       </c>
-      <c r="CI22" s="267" t="s">
+      <c r="CA22" s="237" t="s">
         <v>161</v>
       </c>
-      <c r="CJ22" s="267" t="s">
+      <c r="CB22" s="231" t="s">
         <v>162</v>
       </c>
-      <c r="CK22" s="267" t="s">
+      <c r="CC22" s="241" t="s">
         <v>163</v>
       </c>
-      <c r="CL22" s="267" t="s">
+      <c r="CD22" s="235" t="s">
         <v>164</v>
       </c>
-      <c r="CM22" s="277" t="s">
+      <c r="CE22" s="231" t="s">
         <v>165</v>
       </c>
-      <c r="CN22" s="271" t="s">
+      <c r="CF22" s="231" t="s">
         <v>166</v>
       </c>
-      <c r="CO22" s="271" t="s">
+      <c r="CG22" s="231" t="s">
         <v>167</v>
       </c>
-      <c r="CP22" s="271" t="s">
+      <c r="CH22" s="235" t="s">
         <v>168</v>
       </c>
-      <c r="CQ22" s="271" t="s">
+      <c r="CI22" s="231" t="s">
         <v>169</v>
       </c>
-      <c r="CR22" s="271" t="s">
+      <c r="CJ22" s="231" t="s">
         <v>170</v>
       </c>
-      <c r="CS22" s="271" t="s">
+      <c r="CK22" s="231" t="s">
         <v>171</v>
       </c>
-      <c r="CT22" s="267" t="s">
+      <c r="CL22" s="231" t="s">
         <v>172</v>
       </c>
-      <c r="CU22" s="275" t="s">
+      <c r="CM22" s="241" t="s">
         <v>173</v>
       </c>
-      <c r="CV22" s="271" t="s">
+      <c r="CN22" s="235" t="s">
         <v>174</v>
       </c>
-      <c r="CW22" s="271" t="s">
+      <c r="CO22" s="235" t="s">
         <v>175</v>
       </c>
-      <c r="CX22" s="269" t="s">
+      <c r="CP22" s="235" t="s">
         <v>176</v>
       </c>
-      <c r="CY22" s="275" t="s">
+      <c r="CQ22" s="235" t="s">
         <v>177</v>
       </c>
-      <c r="CZ22" s="269" t="s">
+      <c r="CR22" s="235" t="s">
         <v>178</v>
       </c>
-      <c r="DA22" s="269" t="s">
+      <c r="CS22" s="235" t="s">
         <v>179</v>
       </c>
-      <c r="DB22" s="269" t="s">
+      <c r="CT22" s="231" t="s">
         <v>180</v>
       </c>
-      <c r="DC22" s="269" t="s">
+      <c r="CU22" s="239" t="s">
         <v>181</v>
       </c>
-      <c r="DD22" s="269" t="s">
+      <c r="CV22" s="235" t="s">
         <v>182</v>
       </c>
-      <c r="DE22" s="269" t="s">
+      <c r="CW22" s="235" t="s">
         <v>183</v>
       </c>
-      <c r="DF22" s="269" t="s">
+      <c r="CX22" s="233" t="s">
         <v>184</v>
       </c>
-      <c r="DG22" s="269" t="s">
+      <c r="CY22" s="239" t="s">
         <v>185</v>
       </c>
-      <c r="DH22" s="269" t="s">
+      <c r="CZ22" s="233" t="s">
         <v>186</v>
       </c>
-      <c r="DI22" s="271" t="s">
+      <c r="DA22" s="233" t="s">
         <v>187</v>
       </c>
+      <c r="DB22" s="233" t="s">
+        <v>188</v>
+      </c>
+      <c r="DC22" s="233" t="s">
+        <v>189</v>
+      </c>
+      <c r="DD22" s="233" t="s">
+        <v>190</v>
+      </c>
+      <c r="DE22" s="233" t="s">
+        <v>191</v>
+      </c>
+      <c r="DF22" s="233" t="s">
+        <v>192</v>
+      </c>
+      <c r="DG22" s="233" t="s">
+        <v>193</v>
+      </c>
+      <c r="DH22" s="233" t="s">
+        <v>194</v>
+      </c>
+      <c r="DI22" s="235" t="s">
+        <v>195</v>
+      </c>
       <c r="DJ22" s="88"/>
-      <c r="DK22" s="279" t="s">
-[...6 lines deleted...]
-        <v>190</v>
+      <c r="DK22" s="243" t="s">
+        <v>196</v>
+      </c>
+      <c r="DL22" s="245" t="s">
+        <v>197</v>
+      </c>
+      <c r="DM22" s="243" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="23" spans="1:118" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B23" s="32"/>
       <c r="C23" s="32"/>
       <c r="D23" s="88"/>
       <c r="E23" s="79"/>
       <c r="F23" s="79"/>
       <c r="G23" s="80"/>
       <c r="H23" s="29"/>
       <c r="I23" s="29"/>
-      <c r="AD23" s="227" t="str">
+      <c r="AD23" s="218" t="str">
         <f ca="1">IF(Q17&lt;&gt;D29,"No",IF(V17&lt;&gt;D29,"No",IF(AD17&lt;&gt;D29,"No","Yes")))</f>
         <v>Yes</v>
       </c>
       <c r="AE23" s="34"/>
       <c r="AF23" s="34"/>
-      <c r="BG23" s="221"/>
-      <c r="BH23" s="224"/>
+      <c r="BG23" s="212"/>
+      <c r="BH23" s="215"/>
       <c r="BP23" s="35"/>
       <c r="BQ23" s="83"/>
       <c r="BR23" s="11"/>
-      <c r="BS23" s="198">
+      <c r="BS23" s="271">
         <f ca="1">BS17</f>
         <v>0</v>
       </c>
       <c r="BT23" s="88"/>
       <c r="BU23" s="88"/>
-      <c r="BX23" s="276"/>
-[...36 lines deleted...]
-      <c r="DI23" s="272"/>
+      <c r="BX23" s="240"/>
+      <c r="BY23" s="236"/>
+      <c r="BZ23" s="232"/>
+      <c r="CA23" s="238"/>
+      <c r="CB23" s="232"/>
+      <c r="CC23" s="242"/>
+      <c r="CD23" s="236"/>
+      <c r="CE23" s="232"/>
+      <c r="CF23" s="232"/>
+      <c r="CG23" s="232"/>
+      <c r="CH23" s="236"/>
+      <c r="CI23" s="232"/>
+      <c r="CJ23" s="232"/>
+      <c r="CK23" s="232"/>
+      <c r="CL23" s="232"/>
+      <c r="CM23" s="242"/>
+      <c r="CN23" s="236"/>
+      <c r="CO23" s="236"/>
+      <c r="CP23" s="236"/>
+      <c r="CQ23" s="236"/>
+      <c r="CR23" s="236"/>
+      <c r="CS23" s="236"/>
+      <c r="CT23" s="232"/>
+      <c r="CU23" s="240"/>
+      <c r="CV23" s="236"/>
+      <c r="CW23" s="236"/>
+      <c r="CX23" s="234"/>
+      <c r="CY23" s="240"/>
+      <c r="CZ23" s="234"/>
+      <c r="DA23" s="234"/>
+      <c r="DB23" s="234"/>
+      <c r="DC23" s="234"/>
+      <c r="DD23" s="234"/>
+      <c r="DE23" s="234"/>
+      <c r="DF23" s="234"/>
+      <c r="DG23" s="234"/>
+      <c r="DH23" s="234"/>
+      <c r="DI23" s="236"/>
       <c r="DJ23" s="88"/>
-      <c r="DK23" s="280"/>
-[...1 lines deleted...]
-      <c r="DM23" s="280"/>
+      <c r="DK23" s="244"/>
+      <c r="DL23" s="246"/>
+      <c r="DM23" s="244"/>
     </row>
-    <row r="24" spans="1:118" ht="95" customHeight="1" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="D24" s="180">
+    <row r="24" spans="1:118" ht="95.15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B24" s="198" t="s">
+        <v>199</v>
+      </c>
+      <c r="C24" s="158"/>
+      <c r="D24" s="194">
         <f ca="1">C17</f>
         <v>0</v>
       </c>
-      <c r="E24" s="214" t="s">
-[...3 lines deleted...]
-      <c r="G24" s="213"/>
+      <c r="E24" s="205" t="s">
+        <v>200</v>
+      </c>
+      <c r="F24" s="163"/>
+      <c r="G24" s="204"/>
       <c r="H24" s="33"/>
       <c r="I24" s="33"/>
       <c r="AD24" s="36"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="11"/>
-      <c r="BG24" s="221"/>
-      <c r="BH24" s="224"/>
+      <c r="BG24" s="212"/>
+      <c r="BH24" s="215"/>
       <c r="BQ24" s="84"/>
       <c r="BR24" s="77"/>
-      <c r="BS24" s="198"/>
+      <c r="BS24" s="271"/>
       <c r="BT24" s="88"/>
       <c r="BU24" s="88"/>
       <c r="BX24" s="91">
         <f t="shared" ref="BX24:DI24" si="6">BX17</f>
         <v>0</v>
       </c>
       <c r="BY24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="BZ24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CA24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CB24" s="78">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CC24" s="92">
         <f t="shared" si="6"/>
         <v>0</v>
@@ -10248,959 +10313,959 @@
       </c>
       <c r="DH24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DI24" s="50">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DJ24" s="37"/>
       <c r="DK24" s="78">
         <f ca="1">DK17</f>
         <v>0</v>
       </c>
       <c r="DL24" s="50">
         <f ca="1">DL17</f>
         <v>0</v>
       </c>
       <c r="DM24" s="50">
         <f ca="1">DM17</f>
         <v>0</v>
       </c>
       <c r="DN24" s="37"/>
     </row>
     <row r="25" spans="1:118" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B25" s="164"/>
-[...4 lines deleted...]
-      <c r="G25" s="213"/>
+      <c r="B25" s="159"/>
+      <c r="C25" s="160"/>
+      <c r="D25" s="166"/>
+      <c r="E25" s="206"/>
+      <c r="F25" s="164"/>
+      <c r="G25" s="204"/>
       <c r="H25" s="38"/>
       <c r="I25" s="38"/>
-      <c r="BG25" s="221"/>
-      <c r="BH25" s="224"/>
+      <c r="BG25" s="212"/>
+      <c r="BH25" s="215"/>
       <c r="BR25" s="77"/>
-      <c r="BS25" s="199"/>
+      <c r="BS25" s="272"/>
       <c r="BT25" s="88"/>
       <c r="BU25" s="88"/>
       <c r="BX25" s="51"/>
       <c r="BY25" s="51"/>
       <c r="DH25" s="13"/>
       <c r="DI25" s="14"/>
       <c r="DM25" s="14"/>
     </row>
     <row r="26" spans="1:118" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B26" s="164"/>
-[...4 lines deleted...]
-      <c r="G26" s="213"/>
+      <c r="B26" s="159"/>
+      <c r="C26" s="160"/>
+      <c r="D26" s="166"/>
+      <c r="E26" s="206"/>
+      <c r="F26" s="164"/>
+      <c r="G26" s="204"/>
       <c r="H26" s="29"/>
       <c r="I26" s="29"/>
-      <c r="BG26" s="222"/>
-      <c r="BH26" s="225"/>
+      <c r="BG26" s="213"/>
+      <c r="BH26" s="216"/>
       <c r="BR26" s="11"/>
       <c r="BX26" s="51"/>
       <c r="BY26" s="51"/>
       <c r="DH26" s="13"/>
       <c r="DI26" s="14"/>
       <c r="DM26" s="14"/>
     </row>
-    <row r="27" spans="1:118" ht="23" customHeight="1" x14ac:dyDescent="0.45">
-[...5 lines deleted...]
-      <c r="G27" s="213"/>
+    <row r="27" spans="1:118" ht="23.15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B27" s="161"/>
+      <c r="C27" s="162"/>
+      <c r="D27" s="167"/>
+      <c r="E27" s="207"/>
+      <c r="F27" s="165"/>
+      <c r="G27" s="204"/>
       <c r="H27" s="29"/>
       <c r="DH27" s="13"/>
       <c r="DI27" s="14"/>
       <c r="DK27"/>
       <c r="DL27"/>
       <c r="DM27"/>
       <c r="DN27"/>
     </row>
     <row r="28" spans="1:118" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B28" s="39"/>
       <c r="C28" s="40"/>
       <c r="E28" s="79"/>
       <c r="F28" s="79"/>
       <c r="G28" s="81"/>
       <c r="H28" s="29"/>
       <c r="DH28" s="13"/>
       <c r="DI28" s="14"/>
       <c r="DK28"/>
       <c r="DL28"/>
       <c r="DM28"/>
       <c r="DN28"/>
     </row>
-    <row r="29" spans="1:118" ht="141.5" customHeight="1" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="D29" s="180">
+    <row r="29" spans="1:118" ht="141.65" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B29" s="199" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" s="168"/>
+      <c r="D29" s="194">
         <f ca="1">B17</f>
         <v>0</v>
       </c>
-      <c r="E29" s="214" t="s">
-[...3 lines deleted...]
-      <c r="G29" s="213"/>
+      <c r="E29" s="205" t="s">
+        <v>202</v>
+      </c>
+      <c r="F29" s="163"/>
+      <c r="G29" s="204"/>
       <c r="H29" s="29"/>
       <c r="DH29" s="13"/>
       <c r="DI29" s="14"/>
       <c r="DK29"/>
       <c r="DL29"/>
       <c r="DM29"/>
       <c r="DN29"/>
     </row>
     <row r="30" spans="1:118" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="174"/>
-[...4 lines deleted...]
-      <c r="G30" s="213"/>
+      <c r="B30" s="169"/>
+      <c r="C30" s="170"/>
+      <c r="D30" s="166"/>
+      <c r="E30" s="206"/>
+      <c r="F30" s="164"/>
+      <c r="G30" s="204"/>
       <c r="H30" s="38"/>
       <c r="DH30" s="13"/>
       <c r="DI30" s="14"/>
       <c r="DK30"/>
       <c r="DL30"/>
       <c r="DM30"/>
       <c r="DN30"/>
     </row>
     <row r="31" spans="1:118" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B31" s="174"/>
-[...4 lines deleted...]
-      <c r="G31" s="213"/>
+      <c r="B31" s="169"/>
+      <c r="C31" s="170"/>
+      <c r="D31" s="166"/>
+      <c r="E31" s="206"/>
+      <c r="F31" s="164"/>
+      <c r="G31" s="204"/>
       <c r="H31" s="29"/>
       <c r="DH31" s="13"/>
       <c r="DI31" s="14"/>
       <c r="DK31" s="76"/>
       <c r="DL31" s="76"/>
       <c r="DM31" s="76"/>
     </row>
     <row r="32" spans="1:118" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B32" s="174"/>
-[...4 lines deleted...]
-      <c r="G32" s="213"/>
+      <c r="B32" s="169"/>
+      <c r="C32" s="170"/>
+      <c r="D32" s="166"/>
+      <c r="E32" s="206"/>
+      <c r="F32" s="164"/>
+      <c r="G32" s="204"/>
       <c r="H32" s="29"/>
     </row>
     <row r="33" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B33" s="174"/>
-[...4 lines deleted...]
-      <c r="G33" s="213"/>
+      <c r="B33" s="169"/>
+      <c r="C33" s="170"/>
+      <c r="D33" s="166"/>
+      <c r="E33" s="206"/>
+      <c r="F33" s="164"/>
+      <c r="G33" s="204"/>
       <c r="H33" s="29"/>
     </row>
     <row r="34" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B34" s="174"/>
-[...4 lines deleted...]
-      <c r="G34" s="213"/>
+      <c r="B34" s="169"/>
+      <c r="C34" s="170"/>
+      <c r="D34" s="166"/>
+      <c r="E34" s="206"/>
+      <c r="F34" s="164"/>
+      <c r="G34" s="204"/>
       <c r="H34" s="29"/>
     </row>
     <row r="35" spans="2:9" ht="18" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B35" s="176"/>
-[...4 lines deleted...]
-      <c r="G35" s="213"/>
+      <c r="B35" s="171"/>
+      <c r="C35" s="172"/>
+      <c r="D35" s="167"/>
+      <c r="E35" s="207"/>
+      <c r="F35" s="165"/>
+      <c r="G35" s="204"/>
       <c r="H35" s="29"/>
     </row>
     <row r="36" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B36" s="39"/>
       <c r="C36" s="40"/>
       <c r="G36" s="11"/>
       <c r="H36" s="29"/>
     </row>
     <row r="37" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B37" s="258"/>
-      <c r="C37" s="258"/>
+      <c r="B37" s="273"/>
+      <c r="C37" s="273"/>
       <c r="D37" s="85"/>
       <c r="F37" s="56" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="H37" s="29"/>
     </row>
     <row r="38" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D38" s="56"/>
       <c r="F38" s="56" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H38" s="12"/>
     </row>
     <row r="39" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D39" s="14"/>
       <c r="H39" s="12"/>
     </row>
     <row r="40" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D40" s="14"/>
       <c r="H40" s="12"/>
     </row>
     <row r="41" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D41" s="56"/>
       <c r="H41" s="12"/>
       <c r="I41" s="12"/>
     </row>
     <row r="42" spans="2:9" x14ac:dyDescent="0.45">
       <c r="D42" s="56"/>
       <c r="H42" s="12"/>
       <c r="I42" s="12"/>
     </row>
     <row r="43" spans="2:9" x14ac:dyDescent="0.45">
       <c r="D43" s="56"/>
     </row>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0" pivotTables="0"/>
   <mergeCells count="1">
     <mergeCell ref="B37:C37"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select the type(s) of services:" prompt="_x000a_" sqref="BU6:BU9" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>$BV$5:$BV$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select type of service provided" prompt="_x000a_" sqref="BU5" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>$BV$5:$BV$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Yes or No:" sqref="D37" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>$F$37:$F$39</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:DO43"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="45" zoomScaleNormal="68" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B19" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" zoomScale="62" zoomScaleNormal="68" workbookViewId="0">
+      <pane xSplit="1" ySplit="3" topLeftCell="DI19" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="E4" sqref="E4"/>
+      <selection pane="bottomRight" activeCell="AT3" sqref="AT3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="18.5" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="30.54296875" style="14" customWidth="1"/>
-    <col min="2" max="2" width="38.6328125" style="14" customWidth="1"/>
-    <col min="3" max="4" width="38.6328125" style="41" customWidth="1"/>
+    <col min="2" max="2" width="38.54296875" style="14" customWidth="1"/>
+    <col min="3" max="4" width="38.54296875" style="41" customWidth="1"/>
     <col min="5" max="5" width="30.26953125" style="14" customWidth="1"/>
     <col min="6" max="6" width="30.7265625" style="14" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="2.7265625" style="14" customWidth="1"/>
-    <col min="8" max="18" width="23.6328125" style="14" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="31" max="31" width="27.6328125" style="11" customWidth="1"/>
+    <col min="8" max="18" width="23.54296875" style="14" customWidth="1"/>
+    <col min="19" max="23" width="44.54296875" style="14" customWidth="1"/>
+    <col min="24" max="30" width="27.54296875" style="14" customWidth="1"/>
+    <col min="31" max="31" width="27.54296875" style="11" customWidth="1"/>
     <col min="32" max="32" width="15.54296875" style="14" customWidth="1"/>
     <col min="33" max="61" width="30.54296875" style="14" customWidth="1"/>
     <col min="62" max="62" width="15.54296875" style="14" customWidth="1"/>
-    <col min="63" max="69" width="34.6328125" style="14" customWidth="1"/>
-    <col min="70" max="70" width="34.6328125" style="11" customWidth="1"/>
+    <col min="63" max="69" width="34.54296875" style="14" customWidth="1"/>
+    <col min="70" max="70" width="34.54296875" style="11" customWidth="1"/>
     <col min="71" max="71" width="15.54296875" style="14" customWidth="1"/>
     <col min="72" max="72" width="45.54296875" style="12" customWidth="1"/>
     <col min="73" max="73" width="15.54296875" style="12" customWidth="1"/>
     <col min="74" max="74" width="45.54296875" style="12" customWidth="1"/>
     <col min="75" max="75" width="29.26953125" style="14" hidden="1" customWidth="1"/>
     <col min="76" max="76" width="15.54296875" style="14" customWidth="1"/>
     <col min="77" max="98" width="30.54296875" style="14" customWidth="1"/>
     <col min="99" max="99" width="40" style="14" customWidth="1"/>
     <col min="100" max="113" width="30.54296875" style="14" customWidth="1"/>
     <col min="114" max="114" width="30.54296875" style="13" customWidth="1"/>
     <col min="115" max="115" width="15.54296875" style="11" customWidth="1"/>
-    <col min="116" max="117" width="44.6328125" style="14" customWidth="1"/>
-    <col min="118" max="118" width="44.6328125" style="11" customWidth="1"/>
+    <col min="116" max="117" width="44.54296875" style="14" customWidth="1"/>
+    <col min="118" max="118" width="44.54296875" style="11" customWidth="1"/>
     <col min="119" max="119" width="30.26953125" style="14" customWidth="1"/>
     <col min="120" max="120" width="27.26953125" style="14" customWidth="1"/>
     <col min="121" max="121" width="27" style="14" bestFit="1" customWidth="1"/>
     <col min="122" max="16384" width="9.26953125" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:118" s="44" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="234"/>
+      <c r="A1" s="225"/>
       <c r="B1" s="42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C1" s="43"/>
       <c r="D1" s="43"/>
       <c r="H1" s="42" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="AE1" s="45"/>
       <c r="BR1" s="45"/>
       <c r="BT1" s="46" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="BU1" s="47"/>
       <c r="BV1" s="47"/>
       <c r="BY1" s="46" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="BZ1" s="46"/>
       <c r="CA1" s="46"/>
       <c r="CB1" s="46"/>
       <c r="CC1" s="46"/>
       <c r="CD1" s="46"/>
       <c r="CE1" s="46"/>
       <c r="CF1" s="46"/>
       <c r="CG1" s="46"/>
       <c r="CH1" s="46"/>
       <c r="CI1" s="46"/>
       <c r="CJ1" s="46"/>
       <c r="CK1" s="46"/>
       <c r="CL1" s="46"/>
       <c r="CM1" s="46"/>
       <c r="CN1" s="46"/>
       <c r="CO1" s="46"/>
       <c r="CP1" s="46"/>
       <c r="CQ1" s="46"/>
       <c r="CR1" s="46"/>
       <c r="CS1" s="46"/>
       <c r="CT1" s="46"/>
       <c r="CU1" s="46"/>
       <c r="CV1" s="46"/>
       <c r="CW1" s="46"/>
       <c r="CX1" s="46"/>
       <c r="CY1" s="46"/>
       <c r="CZ1" s="46"/>
       <c r="DA1" s="46"/>
       <c r="DB1" s="46"/>
       <c r="DC1" s="46"/>
       <c r="DD1" s="46"/>
       <c r="DE1" s="46"/>
       <c r="DF1" s="46"/>
       <c r="DG1" s="46"/>
       <c r="DH1" s="46"/>
       <c r="DI1" s="46"/>
       <c r="DJ1" s="46"/>
       <c r="DK1" s="52"/>
       <c r="DL1" s="47" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="DM1" s="54"/>
       <c r="DN1" s="55"/>
     </row>
     <row r="2" spans="1:118" s="10" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="181" t="s">
-[...6 lines deleted...]
-      <c r="D2" s="233"/>
+      <c r="A2" s="174" t="s">
+        <v>205</v>
+      </c>
+      <c r="B2" s="222" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" s="223"/>
+      <c r="D2" s="224"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
-      <c r="H2" s="182" t="s">
-[...28 lines deleted...]
-      <c r="AE2" s="184"/>
+      <c r="H2" s="175" t="s">
+        <v>206</v>
+      </c>
+      <c r="I2" s="223"/>
+      <c r="J2" s="223"/>
+      <c r="K2" s="223"/>
+      <c r="L2" s="223"/>
+      <c r="M2" s="223"/>
+      <c r="N2" s="223"/>
+      <c r="O2" s="223"/>
+      <c r="P2" s="223"/>
+      <c r="Q2" s="223"/>
+      <c r="R2" s="223"/>
+      <c r="S2" s="175" t="s">
+        <v>207</v>
+      </c>
+      <c r="T2" s="176"/>
+      <c r="U2" s="176"/>
+      <c r="V2" s="176"/>
+      <c r="W2" s="177"/>
+      <c r="X2" s="175" t="s">
+        <v>208</v>
+      </c>
+      <c r="Y2" s="176"/>
+      <c r="Z2" s="176"/>
+      <c r="AA2" s="176"/>
+      <c r="AB2" s="176"/>
+      <c r="AC2" s="176"/>
+      <c r="AD2" s="176"/>
+      <c r="AE2" s="177"/>
       <c r="AF2" s="8"/>
-      <c r="AG2" s="185" t="s">
-[...29 lines deleted...]
-      <c r="BI2" s="187"/>
+      <c r="AG2" s="178" t="s">
+        <v>209</v>
+      </c>
+      <c r="AH2" s="179"/>
+      <c r="AI2" s="179"/>
+      <c r="AJ2" s="179"/>
+      <c r="AK2" s="179"/>
+      <c r="AL2" s="179"/>
+      <c r="AM2" s="179"/>
+      <c r="AN2" s="179"/>
+      <c r="AO2" s="179"/>
+      <c r="AP2" s="179"/>
+      <c r="AQ2" s="179"/>
+      <c r="AR2" s="179"/>
+      <c r="AS2" s="179"/>
+      <c r="AT2" s="179"/>
+      <c r="AU2" s="179"/>
+      <c r="AV2" s="179"/>
+      <c r="AW2" s="179"/>
+      <c r="AX2" s="179"/>
+      <c r="AY2" s="179"/>
+      <c r="AZ2" s="179"/>
+      <c r="BA2" s="179"/>
+      <c r="BB2" s="179"/>
+      <c r="BC2" s="179"/>
+      <c r="BD2" s="179"/>
+      <c r="BE2" s="179"/>
+      <c r="BF2" s="179"/>
+      <c r="BG2" s="179"/>
+      <c r="BH2" s="179"/>
+      <c r="BI2" s="180"/>
       <c r="BJ2" s="7"/>
-      <c r="BK2" s="188" t="s">
-[...8 lines deleted...]
-      <c r="BR2" s="190"/>
+      <c r="BK2" s="181" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL2" s="182"/>
+      <c r="BM2" s="182"/>
+      <c r="BN2" s="182"/>
+      <c r="BO2" s="182"/>
+      <c r="BP2" s="182"/>
+      <c r="BQ2" s="182"/>
+      <c r="BR2" s="183"/>
       <c r="BS2" s="6"/>
       <c r="BT2" s="87" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="BU2" s="9"/>
       <c r="BV2" s="87" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="BY2" s="89" t="s">
-        <v>24</v>
-[...55 lines deleted...]
-      <c r="DJ2" s="186"/>
+        <v>29</v>
+      </c>
+      <c r="BZ2" s="179" t="s">
+        <v>30</v>
+      </c>
+      <c r="CA2" s="184"/>
+      <c r="CB2" s="184"/>
+      <c r="CC2" s="185"/>
+      <c r="CD2" s="191" t="s">
+        <v>29</v>
+      </c>
+      <c r="CE2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CF2" s="179"/>
+      <c r="CG2" s="179"/>
+      <c r="CH2" s="179"/>
+      <c r="CI2" s="179"/>
+      <c r="CJ2" s="179"/>
+      <c r="CK2" s="179"/>
+      <c r="CL2" s="179"/>
+      <c r="CM2" s="180"/>
+      <c r="CN2" s="193" t="s">
+        <v>29</v>
+      </c>
+      <c r="CO2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CP2" s="179"/>
+      <c r="CQ2" s="179"/>
+      <c r="CR2" s="179"/>
+      <c r="CS2" s="179"/>
+      <c r="CT2" s="179"/>
+      <c r="CU2" s="180"/>
+      <c r="CV2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CW2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CX2" s="179"/>
+      <c r="CY2" s="180"/>
+      <c r="CZ2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="DA2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="DB2" s="179"/>
+      <c r="DC2" s="179"/>
+      <c r="DD2" s="179"/>
+      <c r="DE2" s="179"/>
+      <c r="DF2" s="179"/>
+      <c r="DG2" s="179"/>
+      <c r="DH2" s="179"/>
+      <c r="DI2" s="179"/>
+      <c r="DJ2" s="179"/>
       <c r="DK2" s="53"/>
-      <c r="DL2" s="195" t="s">
-[...3 lines deleted...]
-      <c r="DN2" s="197"/>
+      <c r="DL2" s="188" t="s">
+        <v>31</v>
+      </c>
+      <c r="DM2" s="189"/>
+      <c r="DN2" s="190"/>
     </row>
     <row r="3" spans="1:118" s="75" customFormat="1" ht="179.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="57" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B3" s="57" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C3" s="57" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D3" s="57" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E3" s="119"/>
       <c r="F3" s="114" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G3" s="229"/>
+        <v>36</v>
+      </c>
+      <c r="G3" s="220"/>
       <c r="H3" s="57" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I3" s="57" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="J3" s="57" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="K3" s="57" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="L3" s="57" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="M3" s="57" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="N3" s="57" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="O3" s="57" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="P3" s="57" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="Q3" s="57" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="R3" s="115" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="S3" s="57" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="T3" s="57" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="U3" s="93" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="V3" s="57" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="W3" s="115" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="X3" s="57" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="Y3" s="57" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Z3" s="57" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AA3" s="57" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AB3" s="57" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="AC3" s="57" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="AD3" s="57" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="AE3" s="115" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="AF3" s="119"/>
       <c r="AG3" s="116" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="AH3" s="116" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="AI3" s="116" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="AJ3" s="116" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="AK3" s="116" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AL3" s="116" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="AM3" s="116" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="AN3" s="116" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="AO3" s="116" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="AP3" s="116" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="AQ3" s="116" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="AR3" s="116" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="AS3" s="116" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="AT3" s="117" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AU3" s="116" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AV3" s="116" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="AW3" s="116" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="AX3" s="116" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="AY3" s="116" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="AZ3" s="116" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="BA3" s="116" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="BB3" s="116" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="BC3" s="116" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="BD3" s="116" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="BE3" s="116" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="BF3" s="116" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="BG3" s="116" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BH3" s="117" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="BI3" s="118" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="BJ3" s="230"/>
+        <v>89</v>
+      </c>
+      <c r="BJ3" s="221"/>
       <c r="BK3" s="116" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="BL3" s="116" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="BM3" s="116" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="BN3" s="116" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="BO3" s="116" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="BP3" s="116" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="BQ3" s="117" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="BR3" s="115" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="BS3" s="119"/>
       <c r="BT3" s="57" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="BU3" s="119"/>
       <c r="BV3" s="68" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="BW3" s="119" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="BX3" s="229"/>
+        <v>100</v>
+      </c>
+      <c r="BX3" s="220"/>
       <c r="BY3" s="118" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="BZ3" s="120" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="CA3" s="116" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="CB3" s="116" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="CC3" s="116" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="CD3" s="118" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-      <c r="CI3" s="194" t="s">
         <v>106</v>
       </c>
-      <c r="CJ3" s="194" t="s">
-[...9 lines deleted...]
-        <v>203</v>
+      <c r="CE3" s="186" t="s">
+        <v>107</v>
+      </c>
+      <c r="CF3" s="187" t="s">
+        <v>108</v>
+      </c>
+      <c r="CG3" s="187" t="s">
+        <v>109</v>
+      </c>
+      <c r="CH3" s="187" t="s">
+        <v>110</v>
+      </c>
+      <c r="CI3" s="187" t="s">
+        <v>111</v>
+      </c>
+      <c r="CJ3" s="187" t="s">
+        <v>213</v>
+      </c>
+      <c r="CK3" s="187" t="s">
+        <v>214</v>
+      </c>
+      <c r="CL3" s="187" t="s">
+        <v>215</v>
+      </c>
+      <c r="CM3" s="187" t="s">
+        <v>216</v>
       </c>
       <c r="CN3" s="118" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="CO3" s="120" t="s">
-        <v>112</v>
-[...13 lines deleted...]
-      <c r="CT3" s="194" t="s">
         <v>117</v>
       </c>
-      <c r="CU3" s="194" t="s">
+      <c r="CP3" s="187" t="s">
         <v>118</v>
       </c>
+      <c r="CQ3" s="187" t="s">
+        <v>119</v>
+      </c>
+      <c r="CR3" s="187" t="s">
+        <v>120</v>
+      </c>
+      <c r="CS3" s="187" t="s">
+        <v>121</v>
+      </c>
+      <c r="CT3" s="187" t="s">
+        <v>122</v>
+      </c>
+      <c r="CU3" s="187" t="s">
+        <v>123</v>
+      </c>
       <c r="CV3" s="118" t="s">
-        <v>119</v>
-[...8 lines deleted...]
-        <v>122</v>
+        <v>124</v>
+      </c>
+      <c r="CW3" s="186" t="s">
+        <v>125</v>
+      </c>
+      <c r="CX3" s="187" t="s">
+        <v>126</v>
+      </c>
+      <c r="CY3" s="187" t="s">
+        <v>127</v>
       </c>
       <c r="CZ3" s="118" t="s">
-        <v>123</v>
-[...13 lines deleted...]
-      <c r="DE3" s="194" t="s">
         <v>128</v>
       </c>
-      <c r="DF3" s="194" t="s">
+      <c r="DA3" s="186" t="s">
         <v>129</v>
       </c>
-      <c r="DG3" s="194" t="s">
+      <c r="DB3" s="187" t="s">
         <v>130</v>
       </c>
-      <c r="DH3" s="194" t="s">
+      <c r="DC3" s="187" t="s">
         <v>131</v>
       </c>
-      <c r="DI3" s="194" t="s">
+      <c r="DD3" s="187" t="s">
         <v>132</v>
       </c>
-      <c r="DJ3" s="194" t="s">
+      <c r="DE3" s="187" t="s">
         <v>133</v>
+      </c>
+      <c r="DF3" s="187" t="s">
+        <v>134</v>
+      </c>
+      <c r="DG3" s="187" t="s">
+        <v>135</v>
+      </c>
+      <c r="DH3" s="187" t="s">
+        <v>136</v>
+      </c>
+      <c r="DI3" s="187" t="s">
+        <v>137</v>
+      </c>
+      <c r="DJ3" s="187" t="s">
+        <v>138</v>
       </c>
       <c r="DK3" s="119"/>
       <c r="DL3" s="57" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="DM3" s="57" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="DN3" s="68" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="4" spans="1:118" ht="93" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="66"/>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="67"/>
       <c r="E4" s="121"/>
       <c r="F4" s="122"/>
       <c r="G4" s="122"/>
       <c r="H4" s="100"/>
       <c r="I4" s="100"/>
       <c r="J4" s="100"/>
       <c r="K4" s="100"/>
       <c r="L4" s="100"/>
       <c r="M4" s="100"/>
       <c r="N4" s="100"/>
       <c r="O4" s="100"/>
       <c r="P4" s="100"/>
       <c r="Q4" s="100"/>
-      <c r="R4" s="217" t="s">
-        <v>137</v>
+      <c r="R4" s="208" t="s">
+        <v>142</v>
       </c>
       <c r="S4" s="67"/>
       <c r="T4" s="67"/>
       <c r="U4" s="67"/>
       <c r="V4" s="67"/>
-      <c r="W4" s="217" t="s">
-        <v>138</v>
+      <c r="W4" s="208" t="s">
+        <v>143</v>
       </c>
       <c r="X4" s="67"/>
       <c r="Y4" s="67"/>
       <c r="Z4" s="67"/>
       <c r="AA4" s="67"/>
       <c r="AB4" s="67"/>
       <c r="AC4" s="67"/>
       <c r="AD4" s="67"/>
-      <c r="AE4" s="217" t="s">
-        <v>138</v>
+      <c r="AE4" s="208" t="s">
+        <v>143</v>
       </c>
       <c r="AF4" s="123"/>
       <c r="AG4" s="100"/>
       <c r="AH4" s="100"/>
       <c r="AI4" s="100"/>
       <c r="AJ4" s="100"/>
       <c r="AK4" s="100"/>
       <c r="AL4" s="100"/>
       <c r="AM4" s="100"/>
       <c r="AN4" s="100"/>
       <c r="AO4" s="100"/>
       <c r="AP4" s="100"/>
       <c r="AQ4" s="100"/>
       <c r="AR4" s="100"/>
       <c r="AS4" s="100"/>
       <c r="AT4" s="124"/>
       <c r="AU4" s="100"/>
       <c r="AV4" s="100"/>
       <c r="AW4" s="100"/>
       <c r="AX4" s="100"/>
       <c r="AY4" s="100"/>
       <c r="AZ4" s="100"/>
       <c r="BA4" s="100"/>
       <c r="BB4" s="100"/>
       <c r="BC4" s="100"/>
       <c r="BD4" s="100"/>
       <c r="BE4" s="100"/>
       <c r="BF4" s="100"/>
       <c r="BG4" s="100"/>
       <c r="BH4" s="124"/>
       <c r="BI4" s="100"/>
       <c r="BJ4" s="125"/>
       <c r="BK4" s="100"/>
       <c r="BL4" s="100"/>
       <c r="BM4" s="100"/>
       <c r="BN4" s="100"/>
       <c r="BO4" s="100"/>
       <c r="BP4" s="100"/>
       <c r="BQ4" s="124"/>
       <c r="BR4" s="124"/>
       <c r="BS4" s="126"/>
       <c r="BT4" s="67"/>
       <c r="BU4" s="127"/>
-      <c r="BV4" s="219" t="s">
-        <v>218</v>
+      <c r="BV4" s="210" t="s">
+        <v>144</v>
       </c>
       <c r="BW4" s="128"/>
       <c r="BX4" s="129"/>
       <c r="BY4" s="100"/>
       <c r="BZ4" s="130"/>
       <c r="CA4" s="100"/>
       <c r="CB4" s="100"/>
       <c r="CC4" s="100"/>
       <c r="CD4" s="100"/>
       <c r="CE4" s="130"/>
       <c r="CF4" s="100"/>
       <c r="CG4" s="100"/>
       <c r="CH4" s="100"/>
       <c r="CI4" s="100"/>
       <c r="CJ4" s="100"/>
       <c r="CK4" s="100"/>
       <c r="CL4" s="100"/>
       <c r="CM4" s="100"/>
       <c r="CN4" s="100"/>
       <c r="CO4" s="130"/>
       <c r="CP4" s="100"/>
       <c r="CQ4" s="100"/>
       <c r="CR4" s="100"/>
       <c r="CS4" s="100"/>
       <c r="CT4" s="100"/>
@@ -11279,51 +11344,51 @@
       <c r="AY5" s="59"/>
       <c r="AZ5" s="58"/>
       <c r="BA5" s="59"/>
       <c r="BB5" s="59"/>
       <c r="BC5" s="59"/>
       <c r="BD5" s="58"/>
       <c r="BE5" s="59"/>
       <c r="BF5" s="59"/>
       <c r="BG5" s="58"/>
       <c r="BH5" s="59"/>
       <c r="BI5" s="59"/>
       <c r="BJ5" s="135"/>
       <c r="BK5" s="59"/>
       <c r="BL5" s="59"/>
       <c r="BM5" s="59"/>
       <c r="BN5" s="59"/>
       <c r="BO5" s="59"/>
       <c r="BP5" s="59"/>
       <c r="BQ5" s="59"/>
       <c r="BR5" s="104"/>
       <c r="BS5" s="107"/>
       <c r="BT5" s="59"/>
       <c r="BU5" s="136"/>
       <c r="BV5" s="150"/>
       <c r="BW5" s="137" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="BX5" s="112"/>
       <c r="BY5" s="59"/>
       <c r="BZ5" s="138"/>
       <c r="CA5" s="59"/>
       <c r="CB5" s="59"/>
       <c r="CC5" s="59"/>
       <c r="CD5" s="59"/>
       <c r="CE5" s="138"/>
       <c r="CF5" s="59"/>
       <c r="CG5" s="59"/>
       <c r="CH5" s="59"/>
       <c r="CI5" s="59"/>
       <c r="CJ5" s="59"/>
       <c r="CK5" s="59"/>
       <c r="CL5" s="59"/>
       <c r="CM5" s="59"/>
       <c r="CN5" s="59"/>
       <c r="CO5" s="138"/>
       <c r="CP5" s="59"/>
       <c r="CQ5" s="59"/>
       <c r="CR5" s="59"/>
       <c r="CS5" s="59"/>
       <c r="CT5" s="59"/>
       <c r="CU5" s="59"/>
@@ -11401,51 +11466,51 @@
       <c r="AY6" s="62"/>
       <c r="AZ6" s="61"/>
       <c r="BA6" s="62"/>
       <c r="BB6" s="62"/>
       <c r="BC6" s="62"/>
       <c r="BD6" s="61"/>
       <c r="BE6" s="62"/>
       <c r="BF6" s="62"/>
       <c r="BG6" s="61"/>
       <c r="BH6" s="62"/>
       <c r="BI6" s="62"/>
       <c r="BJ6" s="135"/>
       <c r="BK6" s="62"/>
       <c r="BL6" s="62"/>
       <c r="BM6" s="62"/>
       <c r="BN6" s="62"/>
       <c r="BO6" s="62"/>
       <c r="BP6" s="62"/>
       <c r="BQ6" s="62"/>
       <c r="BR6" s="105"/>
       <c r="BS6" s="107"/>
       <c r="BT6" s="62"/>
       <c r="BU6" s="136"/>
       <c r="BV6" s="151"/>
       <c r="BW6" s="140" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="BX6" s="112"/>
       <c r="BY6" s="62"/>
       <c r="BZ6" s="141"/>
       <c r="CA6" s="62"/>
       <c r="CB6" s="62"/>
       <c r="CC6" s="62"/>
       <c r="CD6" s="62"/>
       <c r="CE6" s="141"/>
       <c r="CF6" s="62"/>
       <c r="CG6" s="62"/>
       <c r="CH6" s="62"/>
       <c r="CI6" s="62"/>
       <c r="CJ6" s="62"/>
       <c r="CK6" s="62"/>
       <c r="CL6" s="62"/>
       <c r="CM6" s="62"/>
       <c r="CN6" s="62"/>
       <c r="CO6" s="141"/>
       <c r="CP6" s="62"/>
       <c r="CQ6" s="62"/>
       <c r="CR6" s="62"/>
       <c r="CS6" s="62"/>
       <c r="CT6" s="62"/>
       <c r="CU6" s="62"/>
@@ -11523,51 +11588,51 @@
       <c r="AY7" s="59"/>
       <c r="AZ7" s="58"/>
       <c r="BA7" s="59"/>
       <c r="BB7" s="59"/>
       <c r="BC7" s="59"/>
       <c r="BD7" s="58"/>
       <c r="BE7" s="59"/>
       <c r="BF7" s="59"/>
       <c r="BG7" s="58"/>
       <c r="BH7" s="59"/>
       <c r="BI7" s="59"/>
       <c r="BJ7" s="135"/>
       <c r="BK7" s="59"/>
       <c r="BL7" s="59"/>
       <c r="BM7" s="59"/>
       <c r="BN7" s="59"/>
       <c r="BO7" s="59"/>
       <c r="BP7" s="59"/>
       <c r="BQ7" s="59"/>
       <c r="BR7" s="105"/>
       <c r="BS7" s="107"/>
       <c r="BT7" s="59"/>
       <c r="BU7" s="136"/>
       <c r="BV7" s="150"/>
       <c r="BW7" s="137" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="BX7" s="112"/>
       <c r="BY7" s="59"/>
       <c r="BZ7" s="138"/>
       <c r="CA7" s="59"/>
       <c r="CB7" s="59"/>
       <c r="CC7" s="59"/>
       <c r="CD7" s="59"/>
       <c r="CE7" s="138"/>
       <c r="CF7" s="59"/>
       <c r="CG7" s="59"/>
       <c r="CH7" s="59"/>
       <c r="CI7" s="59"/>
       <c r="CJ7" s="59"/>
       <c r="CK7" s="59"/>
       <c r="CL7" s="59"/>
       <c r="CM7" s="59"/>
       <c r="CN7" s="59"/>
       <c r="CO7" s="138"/>
       <c r="CP7" s="59"/>
       <c r="CQ7" s="59"/>
       <c r="CR7" s="59"/>
       <c r="CS7" s="59"/>
       <c r="CT7" s="59"/>
       <c r="CU7" s="59"/>
@@ -11645,51 +11710,51 @@
       <c r="AY8" s="62"/>
       <c r="AZ8" s="61"/>
       <c r="BA8" s="62"/>
       <c r="BB8" s="62"/>
       <c r="BC8" s="62"/>
       <c r="BD8" s="61"/>
       <c r="BE8" s="62"/>
       <c r="BF8" s="62"/>
       <c r="BG8" s="61"/>
       <c r="BH8" s="62"/>
       <c r="BI8" s="62"/>
       <c r="BJ8" s="135"/>
       <c r="BK8" s="62"/>
       <c r="BL8" s="62"/>
       <c r="BM8" s="62"/>
       <c r="BN8" s="62"/>
       <c r="BO8" s="62"/>
       <c r="BP8" s="62"/>
       <c r="BQ8" s="62"/>
       <c r="BR8" s="105"/>
       <c r="BS8" s="107"/>
       <c r="BT8" s="62"/>
       <c r="BU8" s="136"/>
       <c r="BV8" s="151"/>
       <c r="BW8" s="140" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="BX8" s="112"/>
       <c r="BY8" s="62"/>
       <c r="BZ8" s="141"/>
       <c r="CA8" s="62"/>
       <c r="CB8" s="62"/>
       <c r="CC8" s="62"/>
       <c r="CD8" s="62"/>
       <c r="CE8" s="141"/>
       <c r="CF8" s="62"/>
       <c r="CG8" s="62"/>
       <c r="CH8" s="62"/>
       <c r="CI8" s="62"/>
       <c r="CJ8" s="62"/>
       <c r="CK8" s="62"/>
       <c r="CL8" s="62"/>
       <c r="CM8" s="62"/>
       <c r="CN8" s="62"/>
       <c r="CO8" s="141"/>
       <c r="CP8" s="62"/>
       <c r="CQ8" s="62"/>
       <c r="CR8" s="62"/>
       <c r="CS8" s="62"/>
       <c r="CT8" s="62"/>
       <c r="CU8" s="62"/>
@@ -11767,51 +11832,51 @@
       <c r="AY9" s="59"/>
       <c r="AZ9" s="58"/>
       <c r="BA9" s="59"/>
       <c r="BB9" s="59"/>
       <c r="BC9" s="59"/>
       <c r="BD9" s="58"/>
       <c r="BE9" s="59"/>
       <c r="BF9" s="59"/>
       <c r="BG9" s="58"/>
       <c r="BH9" s="59"/>
       <c r="BI9" s="59"/>
       <c r="BJ9" s="135"/>
       <c r="BK9" s="59"/>
       <c r="BL9" s="59"/>
       <c r="BM9" s="59"/>
       <c r="BN9" s="59"/>
       <c r="BO9" s="59"/>
       <c r="BP9" s="59"/>
       <c r="BQ9" s="59"/>
       <c r="BR9" s="105"/>
       <c r="BS9" s="107"/>
       <c r="BT9" s="59"/>
       <c r="BU9" s="142"/>
       <c r="BV9" s="110"/>
       <c r="BW9" s="137" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="BX9" s="111"/>
       <c r="BY9" s="59"/>
       <c r="BZ9" s="138"/>
       <c r="CA9" s="59"/>
       <c r="CB9" s="59"/>
       <c r="CC9" s="59"/>
       <c r="CD9" s="59"/>
       <c r="CE9" s="138"/>
       <c r="CF9" s="59"/>
       <c r="CG9" s="59"/>
       <c r="CH9" s="59"/>
       <c r="CI9" s="59"/>
       <c r="CJ9" s="59"/>
       <c r="CK9" s="59"/>
       <c r="CL9" s="59"/>
       <c r="CM9" s="59"/>
       <c r="CN9" s="59"/>
       <c r="CO9" s="138"/>
       <c r="CP9" s="59"/>
       <c r="CQ9" s="59"/>
       <c r="CR9" s="59"/>
       <c r="CS9" s="59"/>
       <c r="CT9" s="59"/>
       <c r="CU9" s="59"/>
@@ -12535,51 +12600,51 @@
       <c r="CS15" s="59"/>
       <c r="CT15" s="59"/>
       <c r="CU15" s="59"/>
       <c r="CV15" s="59"/>
       <c r="CW15" s="138"/>
       <c r="CX15" s="59"/>
       <c r="CY15" s="59"/>
       <c r="CZ15" s="59"/>
       <c r="DA15" s="138"/>
       <c r="DB15" s="59"/>
       <c r="DC15" s="59"/>
       <c r="DD15" s="59"/>
       <c r="DE15" s="59"/>
       <c r="DF15" s="59"/>
       <c r="DG15" s="59"/>
       <c r="DH15" s="59"/>
       <c r="DI15" s="59"/>
       <c r="DJ15" s="59"/>
       <c r="DK15" s="136"/>
       <c r="DL15" s="59"/>
       <c r="DM15" s="59"/>
       <c r="DN15" s="60"/>
     </row>
     <row r="16" spans="1:118" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="72" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B16" s="61"/>
       <c r="C16" s="62"/>
       <c r="D16" s="62"/>
       <c r="E16" s="136"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="61"/>
       <c r="I16" s="62"/>
       <c r="J16" s="62"/>
       <c r="K16" s="61"/>
       <c r="L16" s="62"/>
       <c r="M16" s="62"/>
       <c r="N16" s="61"/>
       <c r="O16" s="62"/>
       <c r="P16" s="62"/>
       <c r="Q16" s="61"/>
       <c r="R16" s="139"/>
       <c r="S16" s="62"/>
       <c r="T16" s="62"/>
       <c r="U16" s="62"/>
       <c r="V16" s="61"/>
       <c r="W16" s="139"/>
       <c r="X16" s="62"/>
       <c r="Y16" s="62"/>
@@ -12657,51 +12722,51 @@
       <c r="CS16" s="62"/>
       <c r="CT16" s="62"/>
       <c r="CU16" s="62"/>
       <c r="CV16" s="62"/>
       <c r="CW16" s="141"/>
       <c r="CX16" s="62"/>
       <c r="CY16" s="62"/>
       <c r="CZ16" s="62"/>
       <c r="DA16" s="141"/>
       <c r="DB16" s="62"/>
       <c r="DC16" s="62"/>
       <c r="DD16" s="62"/>
       <c r="DE16" s="62"/>
       <c r="DF16" s="62"/>
       <c r="DG16" s="62"/>
       <c r="DH16" s="62"/>
       <c r="DI16" s="62"/>
       <c r="DJ16" s="62"/>
       <c r="DK16" s="136"/>
       <c r="DL16" s="62"/>
       <c r="DM16" s="62"/>
       <c r="DN16" s="63"/>
     </row>
     <row r="17" spans="1:119" s="12" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="73" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="C17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="D17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="E17" s="144"/>
       <c r="F17" s="99"/>
       <c r="G17" s="99"/>
       <c r="H17" s="64">
         <f t="shared" ref="H17:Q17" ca="1" si="0">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="I17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="J17" s="64">
@@ -13085,51 +13150,51 @@
       </c>
       <c r="DI17" s="64">
         <f t="shared" ca="1" si="4"/>
         <v>0</v>
       </c>
       <c r="DJ17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="DK17" s="149"/>
       <c r="DL17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="DM17" s="64">
         <f t="shared" ref="DM17:DN17" ca="1" si="5">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="DN17" s="65">
         <f t="shared" ca="1" si="5"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:119" s="12" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="17"/>
-      <c r="B18" s="237"/>
+      <c r="B18" s="228"/>
       <c r="C18" s="18"/>
       <c r="D18" s="19"/>
       <c r="E18" s="11"/>
       <c r="F18" s="11"/>
       <c r="G18" s="11"/>
       <c r="H18" s="20"/>
       <c r="I18" s="20"/>
       <c r="J18" s="20"/>
       <c r="K18" s="20"/>
       <c r="L18" s="20"/>
       <c r="M18" s="20"/>
       <c r="N18" s="20"/>
       <c r="O18" s="20"/>
       <c r="P18" s="20"/>
       <c r="Q18" s="20"/>
       <c r="R18" s="21"/>
       <c r="S18" s="20"/>
       <c r="T18" s="20"/>
       <c r="U18" s="20"/>
       <c r="V18" s="20"/>
       <c r="W18" s="21"/>
       <c r="X18" s="20"/>
       <c r="Y18" s="20"/>
       <c r="Z18" s="20"/>
       <c r="AA18" s="20"/>
@@ -13196,65 +13261,65 @@
       <c r="CQ18" s="20"/>
       <c r="CR18" s="20"/>
       <c r="CS18" s="20"/>
       <c r="CT18" s="20"/>
       <c r="CU18" s="20"/>
       <c r="CV18" s="20"/>
       <c r="CW18" s="20"/>
       <c r="CX18" s="20"/>
       <c r="CY18" s="20"/>
       <c r="CZ18" s="20"/>
       <c r="DA18" s="20"/>
       <c r="DB18" s="20"/>
       <c r="DC18" s="20"/>
       <c r="DD18" s="20"/>
       <c r="DE18" s="20"/>
       <c r="DF18" s="20"/>
       <c r="DG18" s="20"/>
       <c r="DH18" s="20"/>
       <c r="DI18" s="20"/>
       <c r="DJ18" s="20"/>
       <c r="DK18" s="15"/>
       <c r="DL18" s="20"/>
       <c r="DM18" s="20"/>
       <c r="DN18" s="20"/>
     </row>
-    <row r="19" spans="1:119" ht="128" customHeight="1" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="D19" s="212">
+    <row r="19" spans="1:119" ht="128.15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B19" s="200" t="s">
+        <v>217</v>
+      </c>
+      <c r="C19" s="227"/>
+      <c r="D19" s="203">
         <f ca="1">SUM(B17,D17)</f>
         <v>0</v>
       </c>
-      <c r="E19" s="214" t="s">
-[...4 lines deleted...]
-      <c r="H19" s="213"/>
+      <c r="E19" s="205" t="s">
+        <v>218</v>
+      </c>
+      <c r="F19" s="163"/>
+      <c r="G19" s="204"/>
+      <c r="H19" s="204"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19" s="11"/>
       <c r="O19" s="11"/>
       <c r="P19" s="11"/>
       <c r="Q19" s="24"/>
       <c r="R19" s="11"/>
       <c r="S19" s="11"/>
       <c r="T19" s="11"/>
       <c r="U19" s="11"/>
       <c r="V19" s="24"/>
       <c r="W19" s="11"/>
       <c r="X19" s="11"/>
       <c r="Y19" s="11"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="11"/>
       <c r="AB19" s="11"/>
       <c r="AC19" s="11"/>
       <c r="AD19" s="24"/>
       <c r="AG19" s="11"/>
       <c r="AH19" s="11"/>
       <c r="AI19" s="11"/>
@@ -13269,568 +13334,568 @@
       <c r="AR19" s="11"/>
       <c r="AS19" s="11"/>
       <c r="AT19" s="11"/>
       <c r="AU19" s="11"/>
       <c r="AV19" s="11"/>
       <c r="AW19" s="11"/>
       <c r="AX19" s="11"/>
       <c r="AY19" s="11"/>
       <c r="AZ19" s="11"/>
       <c r="BA19" s="11"/>
       <c r="BB19" s="11"/>
       <c r="BC19" s="11"/>
       <c r="BD19" s="11"/>
       <c r="BE19" s="11"/>
       <c r="BF19" s="11"/>
       <c r="BG19" s="11"/>
       <c r="BH19" s="11"/>
       <c r="BI19" s="11"/>
       <c r="BK19" s="12"/>
       <c r="BL19" s="12"/>
       <c r="BM19" s="12"/>
       <c r="BN19" s="12"/>
       <c r="BO19" s="12"/>
       <c r="BP19" s="12"/>
       <c r="BQ19" s="24"/>
-      <c r="BT19" s="265" t="s">
-        <v>147</v>
+      <c r="BT19" s="229" t="s">
+        <v>219</v>
       </c>
       <c r="BU19" s="25"/>
       <c r="BV19" s="25"/>
       <c r="BY19" s="12"/>
       <c r="BZ19" s="12"/>
       <c r="CA19" s="12"/>
       <c r="CB19" s="12"/>
       <c r="CC19" s="12"/>
       <c r="CD19" s="12"/>
       <c r="CE19" s="12"/>
       <c r="CF19" s="12"/>
       <c r="CG19" s="12"/>
       <c r="CH19" s="12"/>
       <c r="CI19" s="12"/>
       <c r="CJ19" s="12"/>
       <c r="CK19" s="12"/>
       <c r="CL19" s="12"/>
       <c r="CM19" s="12"/>
       <c r="CN19" s="12"/>
       <c r="CO19" s="12"/>
       <c r="CP19" s="12"/>
       <c r="CQ19" s="12"/>
       <c r="CR19" s="12"/>
       <c r="CS19" s="12"/>
       <c r="CT19" s="12"/>
       <c r="CU19" s="12"/>
       <c r="CV19" s="12"/>
       <c r="CW19" s="12"/>
       <c r="CX19" s="12"/>
       <c r="CY19" s="12"/>
       <c r="CZ19" s="12"/>
       <c r="DA19" s="12"/>
       <c r="DB19" s="12"/>
       <c r="DC19" s="12"/>
       <c r="DD19" s="12"/>
       <c r="DE19" s="12"/>
       <c r="DF19" s="12"/>
       <c r="DG19" s="12"/>
       <c r="DH19" s="12"/>
       <c r="DI19" s="12"/>
       <c r="DJ19" s="11"/>
       <c r="DL19" s="11"/>
       <c r="DM19" s="11"/>
     </row>
-    <row r="20" spans="1:119" s="26" customFormat="1" ht="18.5" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="H20" s="213"/>
+    <row r="20" spans="1:119" s="26" customFormat="1" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B20" s="160"/>
+      <c r="C20" s="197"/>
+      <c r="D20" s="202"/>
+      <c r="E20" s="206"/>
+      <c r="F20" s="164"/>
+      <c r="G20" s="204"/>
+      <c r="H20" s="204"/>
       <c r="I20" s="12"/>
       <c r="J20" s="12"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
       <c r="Y20" s="14"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="14"/>
       <c r="AE20" s="27" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="AF20" s="28"/>
       <c r="AG20" s="28"/>
       <c r="AH20" s="14"/>
       <c r="AI20" s="14"/>
       <c r="AJ20" s="14"/>
       <c r="AK20" s="14"/>
       <c r="AL20" s="14"/>
       <c r="AM20" s="14"/>
       <c r="AN20" s="14"/>
       <c r="AO20" s="14"/>
       <c r="AP20" s="14"/>
       <c r="AQ20" s="14"/>
       <c r="AR20" s="14"/>
       <c r="AS20" s="14"/>
       <c r="AT20" s="14"/>
       <c r="AU20" s="14"/>
       <c r="AV20" s="14"/>
       <c r="AW20" s="14"/>
       <c r="AX20" s="14"/>
       <c r="AY20" s="14"/>
       <c r="AZ20" s="14"/>
       <c r="BA20" s="14"/>
       <c r="BB20" s="14"/>
       <c r="BC20" s="14"/>
       <c r="BD20" s="14"/>
       <c r="BE20" s="14"/>
       <c r="BF20" s="14"/>
-      <c r="BH20" s="259" t="s">
-[...2 lines deleted...]
-      <c r="BI20" s="262">
+      <c r="BH20" s="274" t="s">
+        <v>157</v>
+      </c>
+      <c r="BI20" s="277">
         <f>SUM(BI5:BI16)</f>
         <v>0</v>
       </c>
       <c r="BK20" s="14"/>
       <c r="BL20" s="14"/>
       <c r="BM20" s="14"/>
       <c r="BN20" s="14"/>
       <c r="BO20" s="14"/>
       <c r="BP20" s="14"/>
       <c r="BQ20" s="14"/>
       <c r="BR20" s="11"/>
-      <c r="BT20" s="266"/>
+      <c r="BT20" s="230"/>
       <c r="BU20" s="25"/>
       <c r="BV20" s="25"/>
-      <c r="BY20" s="275"/>
-[...36 lines deleted...]
-      <c r="DJ20" s="271"/>
+      <c r="BY20" s="239"/>
+      <c r="BZ20" s="235"/>
+      <c r="CA20" s="231"/>
+      <c r="CB20" s="237"/>
+      <c r="CC20" s="231"/>
+      <c r="CD20" s="241"/>
+      <c r="CE20" s="235"/>
+      <c r="CF20" s="231"/>
+      <c r="CG20" s="231"/>
+      <c r="CH20" s="231"/>
+      <c r="CI20" s="235"/>
+      <c r="CJ20" s="231"/>
+      <c r="CK20" s="231"/>
+      <c r="CL20" s="231"/>
+      <c r="CM20" s="231"/>
+      <c r="CN20" s="241"/>
+      <c r="CO20" s="235"/>
+      <c r="CP20" s="235"/>
+      <c r="CQ20" s="235"/>
+      <c r="CR20" s="235"/>
+      <c r="CS20" s="235"/>
+      <c r="CT20" s="235"/>
+      <c r="CU20" s="231"/>
+      <c r="CV20" s="239"/>
+      <c r="CW20" s="235"/>
+      <c r="CX20" s="235"/>
+      <c r="CY20" s="233"/>
+      <c r="CZ20" s="239"/>
+      <c r="DA20" s="233"/>
+      <c r="DB20" s="233"/>
+      <c r="DC20" s="233"/>
+      <c r="DD20" s="233"/>
+      <c r="DE20" s="233"/>
+      <c r="DF20" s="233"/>
+      <c r="DG20" s="233"/>
+      <c r="DH20" s="233"/>
+      <c r="DI20" s="233"/>
+      <c r="DJ20" s="235"/>
       <c r="DK20" s="25"/>
-      <c r="DL20" s="279"/>
-[...1 lines deleted...]
-      <c r="DN20" s="279"/>
+      <c r="DL20" s="243"/>
+      <c r="DM20" s="245"/>
+      <c r="DN20" s="243"/>
     </row>
-    <row r="21" spans="1:119" ht="18.5" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="H21" s="213"/>
+    <row r="21" spans="1:119" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B21" s="160"/>
+      <c r="C21" s="197"/>
+      <c r="D21" s="202"/>
+      <c r="E21" s="206"/>
+      <c r="F21" s="164"/>
+      <c r="G21" s="204"/>
+      <c r="H21" s="204"/>
       <c r="I21" s="29"/>
       <c r="J21" s="29"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
       <c r="N21" s="26"/>
       <c r="O21" s="26"/>
       <c r="P21" s="26"/>
       <c r="Q21" s="26"/>
       <c r="R21" s="26"/>
       <c r="S21" s="26"/>
       <c r="T21" s="26"/>
       <c r="U21" s="26"/>
       <c r="V21" s="26"/>
       <c r="W21" s="26"/>
       <c r="X21" s="26"/>
       <c r="Y21" s="26"/>
       <c r="Z21" s="26"/>
       <c r="AA21" s="26"/>
-      <c r="AE21" s="226"/>
+      <c r="AE21" s="217"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="30"/>
       <c r="AH21" s="26"/>
       <c r="AI21" s="26"/>
       <c r="AJ21" s="26"/>
       <c r="AK21" s="26"/>
       <c r="AL21" s="26"/>
       <c r="AM21" s="26"/>
       <c r="AN21" s="26"/>
       <c r="AO21" s="26"/>
       <c r="AP21" s="26"/>
       <c r="AQ21" s="26"/>
       <c r="AR21" s="26"/>
       <c r="AS21" s="26"/>
       <c r="AT21" s="26"/>
       <c r="AU21" s="26"/>
       <c r="AV21" s="26"/>
       <c r="AW21" s="26"/>
       <c r="AX21" s="26"/>
       <c r="AY21" s="26"/>
       <c r="AZ21" s="26"/>
       <c r="BA21" s="26"/>
       <c r="BB21" s="26"/>
       <c r="BC21" s="26"/>
       <c r="BD21" s="26"/>
       <c r="BE21" s="26"/>
       <c r="BF21" s="26"/>
-      <c r="BH21" s="260"/>
-      <c r="BI21" s="263"/>
+      <c r="BH21" s="275"/>
+      <c r="BI21" s="278"/>
       <c r="BK21" s="26"/>
       <c r="BL21" s="26"/>
       <c r="BM21" s="26"/>
       <c r="BN21" s="26"/>
       <c r="BO21" s="26"/>
       <c r="BP21" s="26"/>
       <c r="BQ21" s="31"/>
       <c r="BR21" s="31"/>
-      <c r="BT21" s="266"/>
+      <c r="BT21" s="230"/>
       <c r="BU21" s="25"/>
       <c r="BV21" s="25"/>
-      <c r="BY21" s="276"/>
-[...36 lines deleted...]
-      <c r="DJ21" s="272"/>
+      <c r="BY21" s="240"/>
+      <c r="BZ21" s="236"/>
+      <c r="CA21" s="232"/>
+      <c r="CB21" s="238"/>
+      <c r="CC21" s="232"/>
+      <c r="CD21" s="242"/>
+      <c r="CE21" s="236"/>
+      <c r="CF21" s="232"/>
+      <c r="CG21" s="232"/>
+      <c r="CH21" s="232"/>
+      <c r="CI21" s="236"/>
+      <c r="CJ21" s="232"/>
+      <c r="CK21" s="232"/>
+      <c r="CL21" s="232"/>
+      <c r="CM21" s="232"/>
+      <c r="CN21" s="242"/>
+      <c r="CO21" s="236"/>
+      <c r="CP21" s="236"/>
+      <c r="CQ21" s="236"/>
+      <c r="CR21" s="236"/>
+      <c r="CS21" s="236"/>
+      <c r="CT21" s="236"/>
+      <c r="CU21" s="232"/>
+      <c r="CV21" s="240"/>
+      <c r="CW21" s="236"/>
+      <c r="CX21" s="236"/>
+      <c r="CY21" s="234"/>
+      <c r="CZ21" s="240"/>
+      <c r="DA21" s="234"/>
+      <c r="DB21" s="234"/>
+      <c r="DC21" s="234"/>
+      <c r="DD21" s="234"/>
+      <c r="DE21" s="234"/>
+      <c r="DF21" s="234"/>
+      <c r="DG21" s="234"/>
+      <c r="DH21" s="234"/>
+      <c r="DI21" s="234"/>
+      <c r="DJ21" s="236"/>
       <c r="DK21" s="88"/>
-      <c r="DL21" s="280"/>
-[...1 lines deleted...]
-      <c r="DN21" s="280"/>
+      <c r="DL21" s="244"/>
+      <c r="DM21" s="246"/>
+      <c r="DN21" s="244"/>
     </row>
     <row r="22" spans="1:119" ht="58.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B22" s="165"/>
-[...5 lines deleted...]
-      <c r="H22" s="213"/>
+      <c r="B22" s="160"/>
+      <c r="C22" s="197"/>
+      <c r="D22" s="202"/>
+      <c r="E22" s="207"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="204"/>
+      <c r="H22" s="204"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
-      <c r="AE22" s="179" t="s">
-        <v>191</v>
+      <c r="AE22" s="173" t="s">
+        <v>156</v>
       </c>
       <c r="AF22" s="30"/>
       <c r="AG22" s="30"/>
-      <c r="BH22" s="260"/>
-      <c r="BI22" s="263"/>
+      <c r="BH22" s="275"/>
+      <c r="BI22" s="278"/>
       <c r="BQ22" s="31"/>
       <c r="BR22" s="82"/>
       <c r="BS22" s="11"/>
-      <c r="BT22" s="266"/>
+      <c r="BT22" s="230"/>
       <c r="BU22" s="25"/>
       <c r="BV22" s="25"/>
-      <c r="BY22" s="275" t="s">
-[...23 lines deleted...]
-      <c r="CG22" s="267" t="s">
+      <c r="BY22" s="239" t="s">
         <v>158</v>
       </c>
-      <c r="CH22" s="267" t="s">
+      <c r="BZ22" s="235" t="s">
         <v>159</v>
       </c>
-      <c r="CI22" s="271" t="s">
+      <c r="CA22" s="231" t="s">
         <v>160</v>
       </c>
-      <c r="CJ22" s="267" t="s">
+      <c r="CB22" s="237" t="s">
         <v>161</v>
       </c>
-      <c r="CK22" s="267" t="s">
+      <c r="CC22" s="231" t="s">
         <v>162</v>
       </c>
-      <c r="CL22" s="267" t="s">
+      <c r="CD22" s="241" t="s">
         <v>163</v>
       </c>
-      <c r="CM22" s="267" t="s">
+      <c r="CE22" s="235" t="s">
         <v>164</v>
       </c>
-      <c r="CN22" s="277" t="s">
+      <c r="CF22" s="231" t="s">
         <v>165</v>
       </c>
-      <c r="CO22" s="271" t="s">
+      <c r="CG22" s="231" t="s">
         <v>166</v>
       </c>
-      <c r="CP22" s="271" t="s">
+      <c r="CH22" s="231" t="s">
         <v>167</v>
       </c>
-      <c r="CQ22" s="271" t="s">
+      <c r="CI22" s="235" t="s">
         <v>168</v>
       </c>
-      <c r="CR22" s="271" t="s">
+      <c r="CJ22" s="231" t="s">
         <v>169</v>
       </c>
-      <c r="CS22" s="271" t="s">
+      <c r="CK22" s="231" t="s">
         <v>170</v>
       </c>
-      <c r="CT22" s="271" t="s">
+      <c r="CL22" s="231" t="s">
         <v>171</v>
       </c>
-      <c r="CU22" s="267" t="s">
+      <c r="CM22" s="231" t="s">
         <v>172</v>
       </c>
-      <c r="CV22" s="275" t="s">
+      <c r="CN22" s="241" t="s">
         <v>173</v>
       </c>
-      <c r="CW22" s="271" t="s">
+      <c r="CO22" s="235" t="s">
         <v>174</v>
       </c>
-      <c r="CX22" s="271" t="s">
+      <c r="CP22" s="235" t="s">
         <v>175</v>
       </c>
-      <c r="CY22" s="269" t="s">
+      <c r="CQ22" s="235" t="s">
         <v>176</v>
       </c>
-      <c r="CZ22" s="275" t="s">
+      <c r="CR22" s="235" t="s">
         <v>177</v>
       </c>
-      <c r="DA22" s="269" t="s">
+      <c r="CS22" s="235" t="s">
         <v>178</v>
       </c>
-      <c r="DB22" s="269" t="s">
+      <c r="CT22" s="235" t="s">
         <v>179</v>
       </c>
-      <c r="DC22" s="269" t="s">
+      <c r="CU22" s="231" t="s">
         <v>180</v>
       </c>
-      <c r="DD22" s="269" t="s">
+      <c r="CV22" s="239" t="s">
         <v>181</v>
       </c>
-      <c r="DE22" s="269" t="s">
+      <c r="CW22" s="235" t="s">
         <v>182</v>
       </c>
-      <c r="DF22" s="269" t="s">
+      <c r="CX22" s="235" t="s">
         <v>183</v>
       </c>
-      <c r="DG22" s="269" t="s">
+      <c r="CY22" s="233" t="s">
         <v>184</v>
       </c>
-      <c r="DH22" s="269" t="s">
+      <c r="CZ22" s="239" t="s">
         <v>185</v>
       </c>
-      <c r="DI22" s="269" t="s">
+      <c r="DA22" s="233" t="s">
         <v>186</v>
       </c>
-      <c r="DJ22" s="271" t="s">
+      <c r="DB22" s="233" t="s">
         <v>187</v>
       </c>
+      <c r="DC22" s="233" t="s">
+        <v>188</v>
+      </c>
+      <c r="DD22" s="233" t="s">
+        <v>189</v>
+      </c>
+      <c r="DE22" s="233" t="s">
+        <v>190</v>
+      </c>
+      <c r="DF22" s="233" t="s">
+        <v>191</v>
+      </c>
+      <c r="DG22" s="233" t="s">
+        <v>192</v>
+      </c>
+      <c r="DH22" s="233" t="s">
+        <v>193</v>
+      </c>
+      <c r="DI22" s="233" t="s">
+        <v>194</v>
+      </c>
+      <c r="DJ22" s="235" t="s">
+        <v>195</v>
+      </c>
       <c r="DK22" s="88"/>
-      <c r="DL22" s="279" t="s">
-[...6 lines deleted...]
-        <v>190</v>
+      <c r="DL22" s="243" t="s">
+        <v>196</v>
+      </c>
+      <c r="DM22" s="245" t="s">
+        <v>197</v>
+      </c>
+      <c r="DN22" s="243" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="23" spans="1:119" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B23" s="32"/>
       <c r="C23" s="32"/>
       <c r="D23" s="88"/>
       <c r="E23" s="79"/>
       <c r="F23" s="79"/>
       <c r="G23" s="79"/>
       <c r="H23" s="80"/>
       <c r="I23" s="29"/>
       <c r="J23" s="29"/>
       <c r="AE23" s="48" t="str">
         <f ca="1">IF(R17&lt;&gt;D29,"No",IF(W17&lt;&gt;D29,"No",IF(AE17&lt;&gt;D29,"No","Yes")))</f>
         <v>Yes</v>
       </c>
       <c r="AF23" s="34"/>
       <c r="AG23" s="34"/>
-      <c r="BH23" s="260"/>
-      <c r="BI23" s="263"/>
+      <c r="BH23" s="275"/>
+      <c r="BI23" s="278"/>
       <c r="BQ23" s="35"/>
       <c r="BR23" s="83"/>
       <c r="BS23" s="11"/>
-      <c r="BT23" s="198">
+      <c r="BT23" s="271">
         <f ca="1">BT17</f>
         <v>0</v>
       </c>
       <c r="BU23" s="88"/>
       <c r="BV23" s="88"/>
-      <c r="BY23" s="276"/>
-[...36 lines deleted...]
-      <c r="DJ23" s="272"/>
+      <c r="BY23" s="240"/>
+      <c r="BZ23" s="236"/>
+      <c r="CA23" s="232"/>
+      <c r="CB23" s="238"/>
+      <c r="CC23" s="232"/>
+      <c r="CD23" s="242"/>
+      <c r="CE23" s="236"/>
+      <c r="CF23" s="232"/>
+      <c r="CG23" s="232"/>
+      <c r="CH23" s="232"/>
+      <c r="CI23" s="236"/>
+      <c r="CJ23" s="232"/>
+      <c r="CK23" s="232"/>
+      <c r="CL23" s="232"/>
+      <c r="CM23" s="232"/>
+      <c r="CN23" s="242"/>
+      <c r="CO23" s="236"/>
+      <c r="CP23" s="236"/>
+      <c r="CQ23" s="236"/>
+      <c r="CR23" s="236"/>
+      <c r="CS23" s="236"/>
+      <c r="CT23" s="236"/>
+      <c r="CU23" s="232"/>
+      <c r="CV23" s="240"/>
+      <c r="CW23" s="236"/>
+      <c r="CX23" s="236"/>
+      <c r="CY23" s="234"/>
+      <c r="CZ23" s="240"/>
+      <c r="DA23" s="234"/>
+      <c r="DB23" s="234"/>
+      <c r="DC23" s="234"/>
+      <c r="DD23" s="234"/>
+      <c r="DE23" s="234"/>
+      <c r="DF23" s="234"/>
+      <c r="DG23" s="234"/>
+      <c r="DH23" s="234"/>
+      <c r="DI23" s="234"/>
+      <c r="DJ23" s="236"/>
       <c r="DK23" s="88"/>
-      <c r="DL23" s="280"/>
-[...1 lines deleted...]
-      <c r="DN23" s="280"/>
+      <c r="DL23" s="244"/>
+      <c r="DM23" s="246"/>
+      <c r="DN23" s="244"/>
     </row>
     <row r="24" spans="1:119" ht="147" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="235" t="s">
-[...3 lines deleted...]
-      <c r="D24" s="180">
+      <c r="B24" s="226" t="s">
+        <v>199</v>
+      </c>
+      <c r="C24" s="158"/>
+      <c r="D24" s="194">
         <f ca="1">C17</f>
         <v>0</v>
       </c>
-      <c r="E24" s="214" t="s">
-[...4 lines deleted...]
-      <c r="H24" s="213"/>
+      <c r="E24" s="205" t="s">
+        <v>200</v>
+      </c>
+      <c r="F24" s="163"/>
+      <c r="G24" s="204"/>
+      <c r="H24" s="204"/>
       <c r="I24" s="33"/>
       <c r="J24" s="33"/>
       <c r="AE24" s="36"/>
       <c r="AF24" s="11"/>
       <c r="AG24" s="11"/>
-      <c r="BH24" s="260"/>
-      <c r="BI24" s="263"/>
+      <c r="BH24" s="275"/>
+      <c r="BI24" s="278"/>
       <c r="BR24" s="84"/>
       <c r="BS24" s="77"/>
-      <c r="BT24" s="198"/>
+      <c r="BT24" s="271"/>
       <c r="BU24" s="88"/>
       <c r="BV24" s="88"/>
       <c r="BY24" s="91">
         <f t="shared" ref="BY24:DJ24" si="6">BY17</f>
         <v>0</v>
       </c>
       <c r="BZ24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CA24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CB24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CC24" s="78">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CD24" s="92">
         <f t="shared" si="6"/>
         <v>0</v>
@@ -13957,234 +14022,234 @@
       </c>
       <c r="DI24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DJ24" s="50">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DK24" s="37"/>
       <c r="DL24" s="78">
         <f ca="1">DL17</f>
         <v>0</v>
       </c>
       <c r="DM24" s="50">
         <f ca="1">DM17</f>
         <v>0</v>
       </c>
       <c r="DN24" s="50">
         <f ca="1">DN17</f>
         <v>0</v>
       </c>
       <c r="DO24" s="37"/>
     </row>
     <row r="25" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B25" s="165"/>
-[...5 lines deleted...]
-      <c r="H25" s="213"/>
+      <c r="B25" s="160"/>
+      <c r="C25" s="160"/>
+      <c r="D25" s="166"/>
+      <c r="E25" s="206"/>
+      <c r="F25" s="164"/>
+      <c r="G25" s="204"/>
+      <c r="H25" s="204"/>
       <c r="I25" s="38"/>
       <c r="J25" s="38"/>
-      <c r="BH25" s="260"/>
-      <c r="BI25" s="263"/>
+      <c r="BH25" s="275"/>
+      <c r="BI25" s="278"/>
       <c r="BS25" s="77"/>
-      <c r="BT25" s="199"/>
+      <c r="BT25" s="272"/>
       <c r="BU25" s="88"/>
       <c r="BV25" s="88"/>
       <c r="BY25" s="51"/>
       <c r="BZ25" s="51"/>
       <c r="DI25" s="13"/>
       <c r="DJ25" s="14"/>
       <c r="DN25" s="14"/>
     </row>
     <row r="26" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B26" s="165"/>
-[...5 lines deleted...]
-      <c r="H26" s="213"/>
+      <c r="B26" s="160"/>
+      <c r="C26" s="160"/>
+      <c r="D26" s="166"/>
+      <c r="E26" s="206"/>
+      <c r="F26" s="164"/>
+      <c r="G26" s="204"/>
+      <c r="H26" s="204"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
-      <c r="BH26" s="261"/>
-      <c r="BI26" s="264"/>
+      <c r="BH26" s="276"/>
+      <c r="BI26" s="279"/>
       <c r="BS26" s="11"/>
       <c r="BY26" s="51"/>
       <c r="BZ26" s="51"/>
       <c r="DI26" s="13"/>
       <c r="DJ26" s="14"/>
       <c r="DN26" s="14"/>
     </row>
     <row r="27" spans="1:119" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B27" s="165"/>
-[...5 lines deleted...]
-      <c r="H27" s="213"/>
+      <c r="B27" s="160"/>
+      <c r="C27" s="162"/>
+      <c r="D27" s="167"/>
+      <c r="E27" s="207"/>
+      <c r="F27" s="165"/>
+      <c r="G27" s="204"/>
+      <c r="H27" s="204"/>
       <c r="I27" s="29"/>
       <c r="DI27" s="13"/>
       <c r="DJ27" s="14"/>
       <c r="DL27"/>
       <c r="DM27"/>
       <c r="DN27"/>
       <c r="DO27"/>
     </row>
     <row r="28" spans="1:119" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B28" s="39"/>
       <c r="C28" s="40"/>
       <c r="E28" s="79"/>
       <c r="F28" s="79"/>
       <c r="G28" s="79"/>
       <c r="H28" s="81"/>
       <c r="I28" s="29"/>
       <c r="DI28" s="13"/>
       <c r="DJ28" s="14"/>
       <c r="DL28"/>
       <c r="DM28"/>
       <c r="DN28"/>
       <c r="DO28"/>
     </row>
-    <row r="29" spans="1:119" ht="126.5" customHeight="1" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="D29" s="180">
+    <row r="29" spans="1:119" ht="126.65" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B29" s="199" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" s="168"/>
+      <c r="D29" s="194">
         <f ca="1">B17</f>
         <v>0</v>
       </c>
-      <c r="E29" s="214" t="s">
-[...4 lines deleted...]
-      <c r="H29" s="213"/>
+      <c r="E29" s="205" t="s">
+        <v>202</v>
+      </c>
+      <c r="F29" s="163"/>
+      <c r="G29" s="204"/>
+      <c r="H29" s="204"/>
       <c r="I29" s="29"/>
       <c r="DI29" s="13"/>
       <c r="DJ29" s="14"/>
       <c r="DL29"/>
       <c r="DM29"/>
       <c r="DN29"/>
       <c r="DO29"/>
     </row>
     <row r="30" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="174"/>
-[...5 lines deleted...]
-      <c r="H30" s="213"/>
+      <c r="B30" s="169"/>
+      <c r="C30" s="170"/>
+      <c r="D30" s="166"/>
+      <c r="E30" s="206"/>
+      <c r="F30" s="164"/>
+      <c r="G30" s="204"/>
+      <c r="H30" s="204"/>
       <c r="I30" s="38"/>
       <c r="DI30" s="13"/>
       <c r="DJ30" s="14"/>
       <c r="DL30"/>
       <c r="DM30"/>
       <c r="DN30"/>
       <c r="DO30"/>
     </row>
     <row r="31" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B31" s="174"/>
-[...5 lines deleted...]
-      <c r="H31" s="213"/>
+      <c r="B31" s="169"/>
+      <c r="C31" s="170"/>
+      <c r="D31" s="166"/>
+      <c r="E31" s="206"/>
+      <c r="F31" s="164"/>
+      <c r="G31" s="204"/>
+      <c r="H31" s="204"/>
       <c r="I31" s="29"/>
       <c r="DI31" s="13"/>
       <c r="DJ31" s="14"/>
       <c r="DL31" s="76"/>
       <c r="DM31" s="76"/>
       <c r="DN31" s="76"/>
     </row>
     <row r="32" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B32" s="174"/>
-[...5 lines deleted...]
-      <c r="H32" s="213"/>
+      <c r="B32" s="169"/>
+      <c r="C32" s="170"/>
+      <c r="D32" s="166"/>
+      <c r="E32" s="206"/>
+      <c r="F32" s="164"/>
+      <c r="G32" s="204"/>
+      <c r="H32" s="204"/>
       <c r="I32" s="29"/>
     </row>
     <row r="33" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B33" s="174"/>
-[...5 lines deleted...]
-      <c r="H33" s="213"/>
+      <c r="B33" s="169"/>
+      <c r="C33" s="170"/>
+      <c r="D33" s="166"/>
+      <c r="E33" s="206"/>
+      <c r="F33" s="164"/>
+      <c r="G33" s="204"/>
+      <c r="H33" s="204"/>
       <c r="I33" s="29"/>
     </row>
     <row r="34" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B34" s="174"/>
-[...5 lines deleted...]
-      <c r="H34" s="213"/>
+      <c r="B34" s="169"/>
+      <c r="C34" s="170"/>
+      <c r="D34" s="166"/>
+      <c r="E34" s="206"/>
+      <c r="F34" s="164"/>
+      <c r="G34" s="204"/>
+      <c r="H34" s="204"/>
       <c r="I34" s="29"/>
     </row>
     <row r="35" spans="2:10" ht="27" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B35" s="176"/>
-[...5 lines deleted...]
-      <c r="H35" s="213"/>
+      <c r="B35" s="171"/>
+      <c r="C35" s="172"/>
+      <c r="D35" s="167"/>
+      <c r="E35" s="207"/>
+      <c r="F35" s="165"/>
+      <c r="G35" s="204"/>
+      <c r="H35" s="204"/>
       <c r="I35" s="29"/>
     </row>
     <row r="36" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B36" s="39"/>
       <c r="C36" s="40"/>
       <c r="H36" s="12"/>
       <c r="I36" s="29"/>
     </row>
     <row r="37" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B37" s="258"/>
-      <c r="C37" s="258"/>
+      <c r="B37" s="273"/>
+      <c r="C37" s="273"/>
       <c r="D37" s="85"/>
       <c r="F37" s="56" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D38" s="56"/>
       <c r="F38" s="56" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="I38" s="12"/>
     </row>
     <row r="39" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D39" s="14"/>
       <c r="I39" s="12"/>
     </row>
     <row r="40" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D40" s="14"/>
       <c r="I40" s="12"/>
     </row>
     <row r="41" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D41" s="56"/>
       <c r="I41" s="12"/>
       <c r="J41" s="12"/>
     </row>
     <row r="42" spans="2:10" x14ac:dyDescent="0.45">
       <c r="D42" s="56"/>
       <c r="I42" s="12"/>
       <c r="J42" s="12"/>
     </row>
     <row r="43" spans="2:10" x14ac:dyDescent="0.45">
       <c r="D43" s="56"/>
     </row>
   </sheetData>
@@ -14192,735 +14257,735 @@
   <mergeCells count="3">
     <mergeCell ref="BH20:BH26"/>
     <mergeCell ref="BI20:BI26"/>
     <mergeCell ref="B37:C37"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Yes or No:" sqref="D37" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>$F$37:$F$39</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select type of service provided" prompt="_x000a_" sqref="BV5" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>$BW$5:$BW$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select the type(s) of services:" prompt="_x000a_" sqref="BV6:BV9" xr:uid="{00000000-0002-0000-0200-000002000000}">
       <formula1>$BW$5:$BW$9</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:DO43"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="51" zoomScaleNormal="60" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="C20" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" zoomScale="63" zoomScaleNormal="154" workbookViewId="0">
+      <pane xSplit="1" ySplit="3" topLeftCell="DJ10" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="G3" sqref="G3"/>
+      <selection pane="bottomRight" activeCell="AT3" sqref="AT3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="18.5" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="30.54296875" style="14" customWidth="1"/>
-    <col min="2" max="2" width="34.08984375" style="14" customWidth="1"/>
+    <col min="2" max="2" width="34.1796875" style="14" customWidth="1"/>
     <col min="3" max="4" width="30.54296875" style="41" customWidth="1"/>
     <col min="5" max="5" width="34.54296875" style="14" customWidth="1"/>
     <col min="6" max="6" width="3.7265625" style="14" customWidth="1"/>
-    <col min="7" max="7" width="6.90625" style="14" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="31" max="31" width="30.6328125" style="11" customWidth="1"/>
+    <col min="7" max="7" width="6.81640625" style="14" customWidth="1"/>
+    <col min="8" max="18" width="24.54296875" style="14" customWidth="1"/>
+    <col min="19" max="23" width="50.54296875" style="14" customWidth="1"/>
+    <col min="24" max="30" width="30.54296875" style="14" customWidth="1"/>
+    <col min="31" max="31" width="30.54296875" style="11" customWidth="1"/>
     <col min="32" max="32" width="15.54296875" style="14" customWidth="1"/>
     <col min="33" max="61" width="30.54296875" style="14" customWidth="1"/>
     <col min="62" max="62" width="15.54296875" style="14" customWidth="1"/>
-    <col min="63" max="69" width="40.6328125" style="14" customWidth="1"/>
-    <col min="70" max="70" width="40.6328125" style="11" customWidth="1"/>
+    <col min="63" max="69" width="40.54296875" style="14" customWidth="1"/>
+    <col min="70" max="70" width="40.54296875" style="11" customWidth="1"/>
     <col min="71" max="71" width="15.54296875" style="14" customWidth="1"/>
     <col min="72" max="72" width="45.54296875" style="12" customWidth="1"/>
     <col min="73" max="73" width="15.54296875" style="12" customWidth="1"/>
     <col min="74" max="74" width="45.54296875" style="12" customWidth="1"/>
     <col min="75" max="75" width="29.26953125" style="14" hidden="1" customWidth="1"/>
     <col min="76" max="76" width="15.54296875" style="14" customWidth="1"/>
     <col min="77" max="98" width="30.54296875" style="14" customWidth="1"/>
     <col min="99" max="99" width="40" style="14" customWidth="1"/>
     <col min="100" max="113" width="30.54296875" style="14" customWidth="1"/>
     <col min="114" max="114" width="30.54296875" style="13" customWidth="1"/>
     <col min="115" max="115" width="15.54296875" style="11" customWidth="1"/>
-    <col min="116" max="117" width="44.6328125" style="14" customWidth="1"/>
-    <col min="118" max="118" width="44.6328125" style="11" customWidth="1"/>
+    <col min="116" max="117" width="44.54296875" style="14" customWidth="1"/>
+    <col min="118" max="118" width="44.54296875" style="11" customWidth="1"/>
     <col min="119" max="119" width="30.26953125" style="14" customWidth="1"/>
     <col min="120" max="120" width="27.26953125" style="14" customWidth="1"/>
     <col min="121" max="121" width="27" style="14" bestFit="1" customWidth="1"/>
     <col min="122" max="16384" width="9.26953125" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:118" s="44" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="234"/>
+      <c r="A1" s="225"/>
       <c r="B1" s="42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C1" s="43"/>
       <c r="D1" s="43"/>
       <c r="H1" s="42" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="AE1" s="45"/>
       <c r="BR1" s="45"/>
       <c r="BT1" s="46" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="BU1" s="47"/>
       <c r="BV1" s="47"/>
       <c r="BY1" s="46" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="BZ1" s="46"/>
       <c r="CA1" s="46"/>
       <c r="CB1" s="46"/>
       <c r="CC1" s="46"/>
       <c r="CD1" s="46"/>
       <c r="CE1" s="46"/>
       <c r="CF1" s="46"/>
       <c r="CG1" s="46"/>
       <c r="CH1" s="46"/>
       <c r="CI1" s="46"/>
       <c r="CJ1" s="46"/>
       <c r="CK1" s="46"/>
       <c r="CL1" s="46"/>
       <c r="CM1" s="46"/>
       <c r="CN1" s="46"/>
       <c r="CO1" s="46"/>
       <c r="CP1" s="46"/>
       <c r="CQ1" s="46"/>
       <c r="CR1" s="46"/>
       <c r="CS1" s="46"/>
       <c r="CT1" s="46"/>
       <c r="CU1" s="46"/>
       <c r="CV1" s="46"/>
       <c r="CW1" s="46"/>
       <c r="CX1" s="46"/>
       <c r="CY1" s="46"/>
       <c r="CZ1" s="46"/>
       <c r="DA1" s="46"/>
       <c r="DB1" s="46"/>
       <c r="DC1" s="46"/>
       <c r="DD1" s="46"/>
       <c r="DE1" s="46"/>
       <c r="DF1" s="46"/>
       <c r="DG1" s="46"/>
       <c r="DH1" s="46"/>
       <c r="DI1" s="46"/>
       <c r="DJ1" s="46"/>
       <c r="DK1" s="52"/>
       <c r="DL1" s="47" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="DM1" s="54"/>
       <c r="DN1" s="55"/>
     </row>
     <row r="2" spans="1:118" s="10" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="234" t="s">
-[...6 lines deleted...]
-      <c r="D2" s="233"/>
+      <c r="A2" s="225" t="s">
+        <v>220</v>
+      </c>
+      <c r="B2" s="222" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" s="223"/>
+      <c r="D2" s="224"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
-      <c r="H2" s="182" t="s">
-[...28 lines deleted...]
-      <c r="AE2" s="184"/>
+      <c r="H2" s="175" t="s">
+        <v>221</v>
+      </c>
+      <c r="I2" s="176"/>
+      <c r="J2" s="176"/>
+      <c r="K2" s="176"/>
+      <c r="L2" s="176"/>
+      <c r="M2" s="176"/>
+      <c r="N2" s="176"/>
+      <c r="O2" s="176"/>
+      <c r="P2" s="176"/>
+      <c r="Q2" s="176"/>
+      <c r="R2" s="176"/>
+      <c r="S2" s="175" t="s">
+        <v>222</v>
+      </c>
+      <c r="T2" s="176"/>
+      <c r="U2" s="176"/>
+      <c r="V2" s="176"/>
+      <c r="W2" s="177"/>
+      <c r="X2" s="175" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y2" s="176"/>
+      <c r="Z2" s="176"/>
+      <c r="AA2" s="176"/>
+      <c r="AB2" s="176"/>
+      <c r="AC2" s="176"/>
+      <c r="AD2" s="176"/>
+      <c r="AE2" s="177"/>
       <c r="AF2" s="8"/>
-      <c r="AG2" s="185" t="s">
-[...29 lines deleted...]
-      <c r="BI2" s="284"/>
+      <c r="AG2" s="178" t="s">
+        <v>209</v>
+      </c>
+      <c r="AH2" s="247"/>
+      <c r="AI2" s="247"/>
+      <c r="AJ2" s="247"/>
+      <c r="AK2" s="247"/>
+      <c r="AL2" s="247"/>
+      <c r="AM2" s="247"/>
+      <c r="AN2" s="247"/>
+      <c r="AO2" s="247"/>
+      <c r="AP2" s="247"/>
+      <c r="AQ2" s="247"/>
+      <c r="AR2" s="247"/>
+      <c r="AS2" s="247"/>
+      <c r="AT2" s="247"/>
+      <c r="AU2" s="247"/>
+      <c r="AV2" s="247"/>
+      <c r="AW2" s="247"/>
+      <c r="AX2" s="247"/>
+      <c r="AY2" s="247"/>
+      <c r="AZ2" s="247"/>
+      <c r="BA2" s="247"/>
+      <c r="BB2" s="247"/>
+      <c r="BC2" s="247"/>
+      <c r="BD2" s="247"/>
+      <c r="BE2" s="247"/>
+      <c r="BF2" s="247"/>
+      <c r="BG2" s="247"/>
+      <c r="BH2" s="247"/>
+      <c r="BI2" s="248"/>
       <c r="BJ2" s="7"/>
-      <c r="BK2" s="188" t="s">
-[...8 lines deleted...]
-      <c r="BR2" s="190"/>
+      <c r="BK2" s="181" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL2" s="182"/>
+      <c r="BM2" s="182"/>
+      <c r="BN2" s="182"/>
+      <c r="BO2" s="182"/>
+      <c r="BP2" s="182"/>
+      <c r="BQ2" s="182"/>
+      <c r="BR2" s="183"/>
       <c r="BS2" s="6"/>
       <c r="BT2" s="87" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="BU2" s="9"/>
       <c r="BV2" s="87" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="BY2" s="89" t="s">
-        <v>24</v>
-[...40 lines deleted...]
-      <c r="CY2" s="187"/>
+        <v>29</v>
+      </c>
+      <c r="BZ2" s="179" t="s">
+        <v>30</v>
+      </c>
+      <c r="CA2" s="184"/>
+      <c r="CB2" s="184"/>
+      <c r="CC2" s="185"/>
+      <c r="CD2" s="191" t="s">
+        <v>29</v>
+      </c>
+      <c r="CE2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CF2" s="179"/>
+      <c r="CG2" s="179"/>
+      <c r="CH2" s="179"/>
+      <c r="CI2" s="179"/>
+      <c r="CJ2" s="179"/>
+      <c r="CK2" s="179"/>
+      <c r="CL2" s="179"/>
+      <c r="CM2" s="180"/>
+      <c r="CN2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CO2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CP2" s="179"/>
+      <c r="CQ2" s="179"/>
+      <c r="CR2" s="179"/>
+      <c r="CS2" s="179"/>
+      <c r="CT2" s="179"/>
+      <c r="CU2" s="180"/>
+      <c r="CV2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CW2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CX2" s="179"/>
+      <c r="CY2" s="180"/>
       <c r="CZ2" s="86" t="s">
-        <v>24</v>
-[...12 lines deleted...]
-      <c r="DJ2" s="186"/>
+        <v>29</v>
+      </c>
+      <c r="DA2" s="179" t="s">
+        <v>30</v>
+      </c>
+      <c r="DB2" s="179"/>
+      <c r="DC2" s="179"/>
+      <c r="DD2" s="179"/>
+      <c r="DE2" s="179"/>
+      <c r="DF2" s="179"/>
+      <c r="DG2" s="179"/>
+      <c r="DH2" s="179"/>
+      <c r="DI2" s="179"/>
+      <c r="DJ2" s="179"/>
       <c r="DK2" s="53"/>
-      <c r="DL2" s="195" t="s">
-[...3 lines deleted...]
-      <c r="DN2" s="197"/>
+      <c r="DL2" s="188" t="s">
+        <v>31</v>
+      </c>
+      <c r="DM2" s="189"/>
+      <c r="DN2" s="190"/>
     </row>
     <row r="3" spans="1:118" s="75" customFormat="1" ht="179.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="57" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B3" s="57" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C3" s="57" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D3" s="57" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E3" s="119"/>
-      <c r="F3" s="301"/>
-      <c r="G3" s="301"/>
+      <c r="F3" s="265"/>
+      <c r="G3" s="265"/>
       <c r="H3" s="57" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I3" s="57" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="J3" s="57" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="K3" s="57" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="L3" s="57" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="M3" s="57" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="N3" s="57" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="O3" s="57" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="P3" s="57" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="Q3" s="57" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="R3" s="115" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="S3" s="57" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="T3" s="57" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="U3" s="93" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="V3" s="57" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="W3" s="115" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="X3" s="57" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="Y3" s="57" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Z3" s="57" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AA3" s="57" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AB3" s="57" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="AC3" s="57" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="AD3" s="57" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="AE3" s="115" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="AF3" s="119"/>
       <c r="AG3" s="116" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="AH3" s="116" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="AI3" s="116" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="AJ3" s="116" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="AK3" s="116" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AL3" s="116" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="AM3" s="116" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="AN3" s="116" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="AO3" s="116" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="AP3" s="116" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="AQ3" s="116" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="AR3" s="116" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="AS3" s="116" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="AT3" s="117" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AU3" s="116" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AV3" s="116" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="AW3" s="116" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="AX3" s="116" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="AY3" s="116" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="AZ3" s="116" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="BA3" s="116" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="BB3" s="116" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="BC3" s="116" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="BD3" s="116" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="BE3" s="116" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="BF3" s="116" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="BG3" s="116" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BH3" s="117" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="BI3" s="118" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="BJ3" s="230"/>
+        <v>89</v>
+      </c>
+      <c r="BJ3" s="221"/>
       <c r="BK3" s="116" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="BL3" s="116" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="BM3" s="116" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="BN3" s="116" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="BO3" s="116" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="BP3" s="116" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="BQ3" s="117" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="BR3" s="115" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="BS3" s="119"/>
       <c r="BT3" s="57" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="BU3" s="119"/>
       <c r="BV3" s="68" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="BW3" s="119" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="BX3" s="229"/>
+        <v>100</v>
+      </c>
+      <c r="BX3" s="220"/>
       <c r="BY3" s="118" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="BZ3" s="120" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="CA3" s="116" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="CB3" s="116" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="CC3" s="116" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="CD3" s="118" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-      <c r="CI3" s="194" t="s">
         <v>106</v>
       </c>
-      <c r="CJ3" s="194" t="s">
+      <c r="CE3" s="186" t="s">
         <v>107</v>
       </c>
-      <c r="CK3" s="194" t="s">
+      <c r="CF3" s="187" t="s">
         <v>108</v>
       </c>
-      <c r="CL3" s="194" t="s">
+      <c r="CG3" s="187" t="s">
         <v>109</v>
       </c>
-      <c r="CM3" s="194" t="s">
+      <c r="CH3" s="187" t="s">
         <v>110</v>
       </c>
+      <c r="CI3" s="187" t="s">
+        <v>111</v>
+      </c>
+      <c r="CJ3" s="187" t="s">
+        <v>112</v>
+      </c>
+      <c r="CK3" s="187" t="s">
+        <v>113</v>
+      </c>
+      <c r="CL3" s="187" t="s">
+        <v>114</v>
+      </c>
+      <c r="CM3" s="187" t="s">
+        <v>115</v>
+      </c>
       <c r="CN3" s="118" t="s">
-        <v>111</v>
-[...13 lines deleted...]
-      <c r="CS3" s="194" t="s">
         <v>116</v>
       </c>
-      <c r="CT3" s="194" t="s">
+      <c r="CO3" s="186" t="s">
         <v>117</v>
       </c>
-      <c r="CU3" s="194" t="s">
+      <c r="CP3" s="187" t="s">
         <v>118</v>
       </c>
+      <c r="CQ3" s="187" t="s">
+        <v>119</v>
+      </c>
+      <c r="CR3" s="187" t="s">
+        <v>120</v>
+      </c>
+      <c r="CS3" s="187" t="s">
+        <v>121</v>
+      </c>
+      <c r="CT3" s="187" t="s">
+        <v>122</v>
+      </c>
+      <c r="CU3" s="187" t="s">
+        <v>123</v>
+      </c>
       <c r="CV3" s="118" t="s">
-        <v>119</v>
-[...8 lines deleted...]
-        <v>122</v>
+        <v>124</v>
+      </c>
+      <c r="CW3" s="186" t="s">
+        <v>125</v>
+      </c>
+      <c r="CX3" s="187" t="s">
+        <v>126</v>
+      </c>
+      <c r="CY3" s="187" t="s">
+        <v>127</v>
       </c>
       <c r="CZ3" s="118" t="s">
-        <v>123</v>
-[...13 lines deleted...]
-      <c r="DE3" s="194" t="s">
         <v>128</v>
       </c>
-      <c r="DF3" s="194" t="s">
+      <c r="DA3" s="186" t="s">
         <v>129</v>
       </c>
-      <c r="DG3" s="194" t="s">
+      <c r="DB3" s="187" t="s">
         <v>130</v>
       </c>
-      <c r="DH3" s="194" t="s">
+      <c r="DC3" s="187" t="s">
         <v>131</v>
       </c>
-      <c r="DI3" s="194" t="s">
+      <c r="DD3" s="187" t="s">
         <v>132</v>
       </c>
-      <c r="DJ3" s="194" t="s">
+      <c r="DE3" s="187" t="s">
         <v>133</v>
+      </c>
+      <c r="DF3" s="187" t="s">
+        <v>134</v>
+      </c>
+      <c r="DG3" s="187" t="s">
+        <v>135</v>
+      </c>
+      <c r="DH3" s="187" t="s">
+        <v>136</v>
+      </c>
+      <c r="DI3" s="187" t="s">
+        <v>137</v>
+      </c>
+      <c r="DJ3" s="187" t="s">
+        <v>138</v>
       </c>
       <c r="DK3" s="119"/>
       <c r="DL3" s="57" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="DM3" s="57" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="DN3" s="68" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="4" spans="1:118" ht="76.150000000000006" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="66"/>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="67"/>
       <c r="E4" s="121"/>
       <c r="F4" s="122"/>
       <c r="G4" s="122"/>
       <c r="H4" s="100"/>
       <c r="I4" s="100"/>
       <c r="J4" s="100"/>
       <c r="K4" s="100"/>
       <c r="L4" s="100"/>
       <c r="M4" s="100"/>
       <c r="N4" s="100"/>
       <c r="O4" s="100"/>
       <c r="P4" s="100"/>
       <c r="Q4" s="100"/>
-      <c r="R4" s="217" t="s">
-        <v>137</v>
+      <c r="R4" s="208" t="s">
+        <v>142</v>
       </c>
       <c r="S4" s="67"/>
       <c r="T4" s="67"/>
       <c r="U4" s="67"/>
       <c r="V4" s="67"/>
-      <c r="W4" s="217" t="s">
-        <v>138</v>
+      <c r="W4" s="208" t="s">
+        <v>143</v>
       </c>
       <c r="X4" s="67"/>
       <c r="Y4" s="67"/>
       <c r="Z4" s="67"/>
       <c r="AA4" s="67"/>
       <c r="AB4" s="67"/>
       <c r="AC4" s="67"/>
       <c r="AD4" s="67"/>
-      <c r="AE4" s="217" t="s">
-        <v>138</v>
+      <c r="AE4" s="208" t="s">
+        <v>143</v>
       </c>
       <c r="AF4" s="123"/>
       <c r="AG4" s="100"/>
       <c r="AH4" s="100"/>
       <c r="AI4" s="100"/>
       <c r="AJ4" s="100"/>
       <c r="AK4" s="100"/>
       <c r="AL4" s="100"/>
       <c r="AM4" s="100"/>
       <c r="AN4" s="100"/>
       <c r="AO4" s="100"/>
       <c r="AP4" s="100"/>
       <c r="AQ4" s="100"/>
       <c r="AR4" s="100"/>
       <c r="AS4" s="100"/>
       <c r="AT4" s="124"/>
       <c r="AU4" s="100"/>
       <c r="AV4" s="100"/>
       <c r="AW4" s="100"/>
       <c r="AX4" s="100"/>
       <c r="AY4" s="100"/>
       <c r="AZ4" s="100"/>
       <c r="BA4" s="100"/>
       <c r="BB4" s="100"/>
       <c r="BC4" s="100"/>
       <c r="BD4" s="100"/>
       <c r="BE4" s="100"/>
       <c r="BF4" s="100"/>
       <c r="BG4" s="100"/>
       <c r="BH4" s="124"/>
       <c r="BI4" s="100"/>
       <c r="BJ4" s="125"/>
       <c r="BK4" s="100"/>
       <c r="BL4" s="100"/>
       <c r="BM4" s="100"/>
       <c r="BN4" s="100"/>
       <c r="BO4" s="100"/>
       <c r="BP4" s="100"/>
       <c r="BQ4" s="124"/>
       <c r="BR4" s="124"/>
       <c r="BS4" s="126"/>
       <c r="BT4" s="67"/>
       <c r="BU4" s="127"/>
-      <c r="BV4" s="219" t="s">
-        <v>218</v>
+      <c r="BV4" s="210" t="s">
+        <v>144</v>
       </c>
       <c r="BW4" s="128"/>
       <c r="BX4" s="129"/>
       <c r="BY4" s="100"/>
       <c r="BZ4" s="130"/>
       <c r="CA4" s="100"/>
       <c r="CB4" s="100"/>
       <c r="CC4" s="100"/>
       <c r="CD4" s="100"/>
       <c r="CE4" s="130"/>
       <c r="CF4" s="100"/>
       <c r="CG4" s="100"/>
       <c r="CH4" s="100"/>
       <c r="CI4" s="100"/>
       <c r="CJ4" s="100"/>
       <c r="CK4" s="100"/>
       <c r="CL4" s="100"/>
       <c r="CM4" s="100"/>
       <c r="CN4" s="100"/>
       <c r="CO4" s="130"/>
       <c r="CP4" s="100"/>
       <c r="CQ4" s="100"/>
       <c r="CR4" s="100"/>
       <c r="CS4" s="100"/>
       <c r="CT4" s="100"/>
@@ -14999,51 +15064,51 @@
       <c r="AY5" s="59"/>
       <c r="AZ5" s="58"/>
       <c r="BA5" s="59"/>
       <c r="BB5" s="59"/>
       <c r="BC5" s="59"/>
       <c r="BD5" s="58"/>
       <c r="BE5" s="59"/>
       <c r="BF5" s="59"/>
       <c r="BG5" s="58"/>
       <c r="BH5" s="59"/>
       <c r="BI5" s="59"/>
       <c r="BJ5" s="135"/>
       <c r="BK5" s="59"/>
       <c r="BL5" s="59"/>
       <c r="BM5" s="59"/>
       <c r="BN5" s="59"/>
       <c r="BO5" s="59"/>
       <c r="BP5" s="59"/>
       <c r="BQ5" s="59"/>
       <c r="BR5" s="104"/>
       <c r="BS5" s="107"/>
       <c r="BT5" s="59"/>
       <c r="BU5" s="136"/>
       <c r="BV5" s="150"/>
       <c r="BW5" s="137" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="BX5" s="112"/>
       <c r="BY5" s="59"/>
       <c r="BZ5" s="138"/>
       <c r="CA5" s="59"/>
       <c r="CB5" s="59"/>
       <c r="CC5" s="59"/>
       <c r="CD5" s="59"/>
       <c r="CE5" s="138"/>
       <c r="CF5" s="59"/>
       <c r="CG5" s="59"/>
       <c r="CH5" s="59"/>
       <c r="CI5" s="59"/>
       <c r="CJ5" s="59"/>
       <c r="CK5" s="59"/>
       <c r="CL5" s="59"/>
       <c r="CM5" s="59"/>
       <c r="CN5" s="59"/>
       <c r="CO5" s="138"/>
       <c r="CP5" s="59"/>
       <c r="CQ5" s="59"/>
       <c r="CR5" s="59"/>
       <c r="CS5" s="59"/>
       <c r="CT5" s="59"/>
       <c r="CU5" s="59"/>
@@ -15121,51 +15186,51 @@
       <c r="AY6" s="62"/>
       <c r="AZ6" s="61"/>
       <c r="BA6" s="62"/>
       <c r="BB6" s="62"/>
       <c r="BC6" s="62"/>
       <c r="BD6" s="61"/>
       <c r="BE6" s="62"/>
       <c r="BF6" s="62"/>
       <c r="BG6" s="61"/>
       <c r="BH6" s="62"/>
       <c r="BI6" s="62"/>
       <c r="BJ6" s="135"/>
       <c r="BK6" s="62"/>
       <c r="BL6" s="62"/>
       <c r="BM6" s="62"/>
       <c r="BN6" s="62"/>
       <c r="BO6" s="62"/>
       <c r="BP6" s="62"/>
       <c r="BQ6" s="62"/>
       <c r="BR6" s="105"/>
       <c r="BS6" s="107"/>
       <c r="BT6" s="62"/>
       <c r="BU6" s="136"/>
       <c r="BV6" s="151"/>
       <c r="BW6" s="140" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="BX6" s="112"/>
       <c r="BY6" s="62"/>
       <c r="BZ6" s="141"/>
       <c r="CA6" s="62"/>
       <c r="CB6" s="62"/>
       <c r="CC6" s="62"/>
       <c r="CD6" s="62"/>
       <c r="CE6" s="141"/>
       <c r="CF6" s="62"/>
       <c r="CG6" s="62"/>
       <c r="CH6" s="62"/>
       <c r="CI6" s="62"/>
       <c r="CJ6" s="62"/>
       <c r="CK6" s="62"/>
       <c r="CL6" s="62"/>
       <c r="CM6" s="62"/>
       <c r="CN6" s="62"/>
       <c r="CO6" s="141"/>
       <c r="CP6" s="62"/>
       <c r="CQ6" s="62"/>
       <c r="CR6" s="62"/>
       <c r="CS6" s="62"/>
       <c r="CT6" s="62"/>
       <c r="CU6" s="62"/>
@@ -15243,51 +15308,51 @@
       <c r="AY7" s="59"/>
       <c r="AZ7" s="58"/>
       <c r="BA7" s="59"/>
       <c r="BB7" s="59"/>
       <c r="BC7" s="59"/>
       <c r="BD7" s="58"/>
       <c r="BE7" s="59"/>
       <c r="BF7" s="59"/>
       <c r="BG7" s="58"/>
       <c r="BH7" s="59"/>
       <c r="BI7" s="59"/>
       <c r="BJ7" s="135"/>
       <c r="BK7" s="59"/>
       <c r="BL7" s="59"/>
       <c r="BM7" s="59"/>
       <c r="BN7" s="59"/>
       <c r="BO7" s="59"/>
       <c r="BP7" s="59"/>
       <c r="BQ7" s="59"/>
       <c r="BR7" s="105"/>
       <c r="BS7" s="107"/>
       <c r="BT7" s="59"/>
       <c r="BU7" s="136"/>
       <c r="BV7" s="150"/>
       <c r="BW7" s="137" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="BX7" s="112"/>
       <c r="BY7" s="59"/>
       <c r="BZ7" s="138"/>
       <c r="CA7" s="59"/>
       <c r="CB7" s="59"/>
       <c r="CC7" s="59"/>
       <c r="CD7" s="59"/>
       <c r="CE7" s="138"/>
       <c r="CF7" s="59"/>
       <c r="CG7" s="59"/>
       <c r="CH7" s="59"/>
       <c r="CI7" s="59"/>
       <c r="CJ7" s="59"/>
       <c r="CK7" s="59"/>
       <c r="CL7" s="59"/>
       <c r="CM7" s="59"/>
       <c r="CN7" s="59"/>
       <c r="CO7" s="138"/>
       <c r="CP7" s="59"/>
       <c r="CQ7" s="59"/>
       <c r="CR7" s="59"/>
       <c r="CS7" s="59"/>
       <c r="CT7" s="59"/>
       <c r="CU7" s="59"/>
@@ -15365,51 +15430,51 @@
       <c r="AY8" s="62"/>
       <c r="AZ8" s="61"/>
       <c r="BA8" s="62"/>
       <c r="BB8" s="62"/>
       <c r="BC8" s="62"/>
       <c r="BD8" s="61"/>
       <c r="BE8" s="62"/>
       <c r="BF8" s="62"/>
       <c r="BG8" s="61"/>
       <c r="BH8" s="62"/>
       <c r="BI8" s="62"/>
       <c r="BJ8" s="135"/>
       <c r="BK8" s="62"/>
       <c r="BL8" s="62"/>
       <c r="BM8" s="62"/>
       <c r="BN8" s="62"/>
       <c r="BO8" s="62"/>
       <c r="BP8" s="62"/>
       <c r="BQ8" s="62"/>
       <c r="BR8" s="105"/>
       <c r="BS8" s="107"/>
       <c r="BT8" s="62"/>
       <c r="BU8" s="136"/>
       <c r="BV8" s="151"/>
       <c r="BW8" s="140" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="BX8" s="112"/>
       <c r="BY8" s="62"/>
       <c r="BZ8" s="141"/>
       <c r="CA8" s="62"/>
       <c r="CB8" s="62"/>
       <c r="CC8" s="62"/>
       <c r="CD8" s="62"/>
       <c r="CE8" s="141"/>
       <c r="CF8" s="62"/>
       <c r="CG8" s="62"/>
       <c r="CH8" s="62"/>
       <c r="CI8" s="62"/>
       <c r="CJ8" s="62"/>
       <c r="CK8" s="62"/>
       <c r="CL8" s="62"/>
       <c r="CM8" s="62"/>
       <c r="CN8" s="62"/>
       <c r="CO8" s="141"/>
       <c r="CP8" s="62"/>
       <c r="CQ8" s="62"/>
       <c r="CR8" s="62"/>
       <c r="CS8" s="62"/>
       <c r="CT8" s="62"/>
       <c r="CU8" s="62"/>
@@ -15487,51 +15552,51 @@
       <c r="AY9" s="59"/>
       <c r="AZ9" s="58"/>
       <c r="BA9" s="59"/>
       <c r="BB9" s="59"/>
       <c r="BC9" s="59"/>
       <c r="BD9" s="58"/>
       <c r="BE9" s="59"/>
       <c r="BF9" s="59"/>
       <c r="BG9" s="58"/>
       <c r="BH9" s="59"/>
       <c r="BI9" s="59"/>
       <c r="BJ9" s="135"/>
       <c r="BK9" s="59"/>
       <c r="BL9" s="59"/>
       <c r="BM9" s="59"/>
       <c r="BN9" s="59"/>
       <c r="BO9" s="59"/>
       <c r="BP9" s="59"/>
       <c r="BQ9" s="59"/>
       <c r="BR9" s="105"/>
       <c r="BS9" s="107"/>
       <c r="BT9" s="59"/>
       <c r="BU9" s="142"/>
       <c r="BV9" s="110"/>
       <c r="BW9" s="137" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="BX9" s="111"/>
       <c r="BY9" s="59"/>
       <c r="BZ9" s="138"/>
       <c r="CA9" s="59"/>
       <c r="CB9" s="59"/>
       <c r="CC9" s="59"/>
       <c r="CD9" s="59"/>
       <c r="CE9" s="138"/>
       <c r="CF9" s="59"/>
       <c r="CG9" s="59"/>
       <c r="CH9" s="59"/>
       <c r="CI9" s="59"/>
       <c r="CJ9" s="59"/>
       <c r="CK9" s="59"/>
       <c r="CL9" s="59"/>
       <c r="CM9" s="59"/>
       <c r="CN9" s="59"/>
       <c r="CO9" s="138"/>
       <c r="CP9" s="59"/>
       <c r="CQ9" s="59"/>
       <c r="CR9" s="59"/>
       <c r="CS9" s="59"/>
       <c r="CT9" s="59"/>
       <c r="CU9" s="59"/>
@@ -16255,51 +16320,51 @@
       <c r="CS15" s="59"/>
       <c r="CT15" s="59"/>
       <c r="CU15" s="59"/>
       <c r="CV15" s="59"/>
       <c r="CW15" s="138"/>
       <c r="CX15" s="59"/>
       <c r="CY15" s="59"/>
       <c r="CZ15" s="59"/>
       <c r="DA15" s="138"/>
       <c r="DB15" s="59"/>
       <c r="DC15" s="59"/>
       <c r="DD15" s="59"/>
       <c r="DE15" s="59"/>
       <c r="DF15" s="59"/>
       <c r="DG15" s="59"/>
       <c r="DH15" s="59"/>
       <c r="DI15" s="59"/>
       <c r="DJ15" s="59"/>
       <c r="DK15" s="136"/>
       <c r="DL15" s="59"/>
       <c r="DM15" s="59"/>
       <c r="DN15" s="60"/>
     </row>
     <row r="16" spans="1:118" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="72" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B16" s="61"/>
       <c r="C16" s="62"/>
       <c r="D16" s="62"/>
       <c r="E16" s="136"/>
       <c r="F16" s="97"/>
       <c r="G16" s="97"/>
       <c r="H16" s="61"/>
       <c r="I16" s="62"/>
       <c r="J16" s="62"/>
       <c r="K16" s="61"/>
       <c r="L16" s="62"/>
       <c r="M16" s="62"/>
       <c r="N16" s="61"/>
       <c r="O16" s="62"/>
       <c r="P16" s="62"/>
       <c r="Q16" s="61"/>
       <c r="R16" s="139"/>
       <c r="S16" s="62"/>
       <c r="T16" s="62"/>
       <c r="U16" s="62"/>
       <c r="V16" s="61"/>
       <c r="W16" s="139"/>
       <c r="X16" s="62"/>
       <c r="Y16" s="62"/>
@@ -16377,51 +16442,51 @@
       <c r="CS16" s="62"/>
       <c r="CT16" s="62"/>
       <c r="CU16" s="62"/>
       <c r="CV16" s="62"/>
       <c r="CW16" s="141"/>
       <c r="CX16" s="62"/>
       <c r="CY16" s="62"/>
       <c r="CZ16" s="62"/>
       <c r="DA16" s="141"/>
       <c r="DB16" s="62"/>
       <c r="DC16" s="62"/>
       <c r="DD16" s="62"/>
       <c r="DE16" s="62"/>
       <c r="DF16" s="62"/>
       <c r="DG16" s="62"/>
       <c r="DH16" s="62"/>
       <c r="DI16" s="62"/>
       <c r="DJ16" s="62"/>
       <c r="DK16" s="136"/>
       <c r="DL16" s="62"/>
       <c r="DM16" s="62"/>
       <c r="DN16" s="63"/>
     </row>
     <row r="17" spans="1:119" s="12" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="73" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="C17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="D17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="E17" s="144"/>
       <c r="F17" s="99"/>
       <c r="G17" s="99"/>
       <c r="H17" s="64">
         <f t="shared" ref="H17:Q17" ca="1" si="0">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="I17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="J17" s="64">
@@ -16917,64 +16982,64 @@
       <c r="CR18" s="20"/>
       <c r="CS18" s="20"/>
       <c r="CT18" s="20"/>
       <c r="CU18" s="20"/>
       <c r="CV18" s="20"/>
       <c r="CW18" s="20"/>
       <c r="CX18" s="20"/>
       <c r="CY18" s="20"/>
       <c r="CZ18" s="20"/>
       <c r="DA18" s="20"/>
       <c r="DB18" s="20"/>
       <c r="DC18" s="20"/>
       <c r="DD18" s="20"/>
       <c r="DE18" s="20"/>
       <c r="DF18" s="20"/>
       <c r="DG18" s="20"/>
       <c r="DH18" s="20"/>
       <c r="DI18" s="20"/>
       <c r="DJ18" s="20"/>
       <c r="DK18" s="15"/>
       <c r="DL18" s="20"/>
       <c r="DM18" s="20"/>
       <c r="DN18" s="20"/>
     </row>
     <row r="19" spans="1:119" ht="145.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B19" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D19" s="289">
+      <c r="B19" s="201" t="s">
+        <v>217</v>
+      </c>
+      <c r="C19" s="158"/>
+      <c r="D19" s="253">
         <f ca="1">SUM(B17,D17)</f>
         <v>0</v>
       </c>
-      <c r="E19" s="168" t="s">
-[...4 lines deleted...]
-      <c r="H19" s="285"/>
+      <c r="E19" s="163" t="s">
+        <v>218</v>
+      </c>
+      <c r="F19" s="163"/>
+      <c r="G19" s="163"/>
+      <c r="H19" s="249"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19" s="11"/>
       <c r="O19" s="11"/>
       <c r="P19" s="11"/>
       <c r="Q19" s="24"/>
       <c r="R19" s="11"/>
       <c r="S19" s="11"/>
       <c r="T19" s="11"/>
       <c r="U19" s="11"/>
       <c r="V19" s="24"/>
       <c r="W19" s="11"/>
       <c r="X19" s="11"/>
       <c r="Y19" s="11"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="11"/>
       <c r="AB19" s="11"/>
       <c r="AC19" s="11"/>
       <c r="AD19" s="24"/>
       <c r="AG19" s="11"/>
       <c r="AH19" s="11"/>
       <c r="AI19" s="11"/>
@@ -16989,568 +17054,568 @@
       <c r="AR19" s="11"/>
       <c r="AS19" s="11"/>
       <c r="AT19" s="11"/>
       <c r="AU19" s="11"/>
       <c r="AV19" s="11"/>
       <c r="AW19" s="11"/>
       <c r="AX19" s="11"/>
       <c r="AY19" s="11"/>
       <c r="AZ19" s="11"/>
       <c r="BA19" s="11"/>
       <c r="BB19" s="11"/>
       <c r="BC19" s="11"/>
       <c r="BD19" s="11"/>
       <c r="BE19" s="11"/>
       <c r="BF19" s="11"/>
       <c r="BG19" s="11"/>
       <c r="BH19" s="11"/>
       <c r="BI19" s="11"/>
       <c r="BK19" s="12"/>
       <c r="BL19" s="12"/>
       <c r="BM19" s="12"/>
       <c r="BN19" s="12"/>
       <c r="BO19" s="12"/>
       <c r="BP19" s="12"/>
       <c r="BQ19" s="24"/>
-      <c r="BT19" s="256" t="s">
-        <v>147</v>
+      <c r="BT19" s="282" t="s">
+        <v>219</v>
       </c>
       <c r="BU19" s="25"/>
       <c r="BV19" s="25"/>
       <c r="BY19" s="12"/>
       <c r="BZ19" s="12"/>
       <c r="CA19" s="12"/>
       <c r="CB19" s="12"/>
       <c r="CC19" s="12"/>
       <c r="CD19" s="12"/>
       <c r="CE19" s="12"/>
       <c r="CF19" s="12"/>
       <c r="CG19" s="12"/>
       <c r="CH19" s="12"/>
       <c r="CI19" s="12"/>
       <c r="CJ19" s="12"/>
       <c r="CK19" s="12"/>
       <c r="CL19" s="12"/>
       <c r="CM19" s="12"/>
       <c r="CN19" s="12"/>
       <c r="CO19" s="12"/>
       <c r="CP19" s="12"/>
       <c r="CQ19" s="12"/>
       <c r="CR19" s="12"/>
       <c r="CS19" s="12"/>
       <c r="CT19" s="12"/>
       <c r="CU19" s="12"/>
       <c r="CV19" s="12"/>
       <c r="CW19" s="12"/>
       <c r="CX19" s="12"/>
       <c r="CY19" s="12"/>
       <c r="CZ19" s="12"/>
       <c r="DA19" s="12"/>
       <c r="DB19" s="12"/>
       <c r="DC19" s="12"/>
       <c r="DD19" s="12"/>
       <c r="DE19" s="12"/>
       <c r="DF19" s="12"/>
       <c r="DG19" s="12"/>
       <c r="DH19" s="12"/>
       <c r="DI19" s="12"/>
       <c r="DJ19" s="11"/>
       <c r="DL19" s="11"/>
       <c r="DM19" s="11"/>
     </row>
     <row r="20" spans="1:119" s="26" customFormat="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="165"/>
-[...5 lines deleted...]
-      <c r="H20" s="286"/>
+      <c r="B20" s="160"/>
+      <c r="C20" s="160"/>
+      <c r="D20" s="254"/>
+      <c r="E20" s="164"/>
+      <c r="F20" s="164"/>
+      <c r="G20" s="164"/>
+      <c r="H20" s="250"/>
       <c r="I20" s="12"/>
       <c r="J20" s="12"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
       <c r="Y20" s="14"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="14"/>
       <c r="AE20" s="27" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="AF20" s="28"/>
       <c r="AG20" s="28"/>
       <c r="AH20" s="14"/>
       <c r="AI20" s="14"/>
       <c r="AJ20" s="14"/>
       <c r="AK20" s="14"/>
       <c r="AL20" s="14"/>
       <c r="AM20" s="14"/>
       <c r="AN20" s="14"/>
       <c r="AO20" s="14"/>
       <c r="AP20" s="14"/>
       <c r="AQ20" s="14"/>
       <c r="AR20" s="14"/>
       <c r="AS20" s="14"/>
       <c r="AT20" s="14"/>
       <c r="AU20" s="14"/>
       <c r="AV20" s="14"/>
       <c r="AW20" s="14"/>
       <c r="AX20" s="14"/>
       <c r="AY20" s="14"/>
       <c r="AZ20" s="14"/>
       <c r="BA20" s="14"/>
       <c r="BB20" s="14"/>
       <c r="BC20" s="14"/>
       <c r="BD20" s="14"/>
       <c r="BE20" s="14"/>
       <c r="BF20" s="14"/>
-      <c r="BH20" s="259" t="s">
-[...2 lines deleted...]
-      <c r="BI20" s="262">
+      <c r="BH20" s="274" t="s">
+        <v>157</v>
+      </c>
+      <c r="BI20" s="277">
         <f>SUM(BI5:BI16)</f>
         <v>0</v>
       </c>
       <c r="BK20" s="14"/>
       <c r="BL20" s="14"/>
       <c r="BM20" s="14"/>
       <c r="BN20" s="14"/>
       <c r="BO20" s="14"/>
       <c r="BP20" s="14"/>
       <c r="BQ20" s="14"/>
       <c r="BR20" s="11"/>
-      <c r="BT20" s="257"/>
+      <c r="BT20" s="283"/>
       <c r="BU20" s="25"/>
       <c r="BV20" s="25"/>
-      <c r="BY20" s="248" t="s">
-[...23 lines deleted...]
-      <c r="CG20" s="244" t="s">
+      <c r="BY20" s="284" t="s">
         <v>158</v>
       </c>
-      <c r="CH20" s="244" t="s">
+      <c r="BZ20" s="286" t="s">
         <v>159</v>
       </c>
-      <c r="CI20" s="242" t="s">
+      <c r="CA20" s="280" t="s">
         <v>160</v>
       </c>
-      <c r="CJ20" s="244" t="s">
+      <c r="CB20" s="288" t="s">
         <v>161</v>
       </c>
-      <c r="CK20" s="244" t="s">
+      <c r="CC20" s="280" t="s">
         <v>162</v>
       </c>
-      <c r="CL20" s="244" t="s">
+      <c r="CD20" s="290" t="s">
         <v>163</v>
       </c>
-      <c r="CM20" s="244" t="s">
+      <c r="CE20" s="286" t="s">
         <v>164</v>
       </c>
-      <c r="CN20" s="250" t="s">
+      <c r="CF20" s="280" t="s">
         <v>165</v>
       </c>
-      <c r="CO20" s="242" t="s">
+      <c r="CG20" s="280" t="s">
         <v>166</v>
       </c>
-      <c r="CP20" s="242" t="s">
+      <c r="CH20" s="280" t="s">
         <v>167</v>
       </c>
-      <c r="CQ20" s="242" t="s">
+      <c r="CI20" s="286" t="s">
         <v>168</v>
       </c>
-      <c r="CR20" s="242" t="s">
+      <c r="CJ20" s="280" t="s">
         <v>169</v>
       </c>
-      <c r="CS20" s="242" t="s">
+      <c r="CK20" s="280" t="s">
         <v>170</v>
       </c>
-      <c r="CT20" s="242" t="s">
+      <c r="CL20" s="280" t="s">
         <v>171</v>
       </c>
-      <c r="CU20" s="244" t="s">
+      <c r="CM20" s="280" t="s">
         <v>172</v>
       </c>
-      <c r="CV20" s="248" t="s">
+      <c r="CN20" s="290" t="s">
         <v>173</v>
       </c>
-      <c r="CW20" s="242" t="s">
+      <c r="CO20" s="286" t="s">
         <v>174</v>
       </c>
-      <c r="CX20" s="242" t="s">
+      <c r="CP20" s="286" t="s">
         <v>175</v>
       </c>
-      <c r="CY20" s="246" t="s">
+      <c r="CQ20" s="286" t="s">
         <v>176</v>
       </c>
-      <c r="CZ20" s="248" t="s">
+      <c r="CR20" s="286" t="s">
         <v>177</v>
       </c>
-      <c r="DA20" s="246" t="s">
+      <c r="CS20" s="286" t="s">
         <v>178</v>
       </c>
-      <c r="DB20" s="246" t="s">
+      <c r="CT20" s="286" t="s">
         <v>179</v>
       </c>
-      <c r="DC20" s="246" t="s">
+      <c r="CU20" s="280" t="s">
         <v>180</v>
       </c>
-      <c r="DD20" s="246" t="s">
+      <c r="CV20" s="284" t="s">
         <v>181</v>
       </c>
-      <c r="DE20" s="246" t="s">
+      <c r="CW20" s="286" t="s">
         <v>182</v>
       </c>
-      <c r="DF20" s="246" t="s">
+      <c r="CX20" s="286" t="s">
         <v>183</v>
       </c>
-      <c r="DG20" s="246" t="s">
+      <c r="CY20" s="292" t="s">
         <v>184</v>
       </c>
-      <c r="DH20" s="246" t="s">
+      <c r="CZ20" s="284" t="s">
         <v>185</v>
       </c>
-      <c r="DI20" s="246" t="s">
+      <c r="DA20" s="292" t="s">
         <v>186</v>
       </c>
-      <c r="DJ20" s="242" t="s">
+      <c r="DB20" s="292" t="s">
         <v>187</v>
       </c>
+      <c r="DC20" s="292" t="s">
+        <v>188</v>
+      </c>
+      <c r="DD20" s="292" t="s">
+        <v>189</v>
+      </c>
+      <c r="DE20" s="292" t="s">
+        <v>190</v>
+      </c>
+      <c r="DF20" s="292" t="s">
+        <v>191</v>
+      </c>
+      <c r="DG20" s="292" t="s">
+        <v>192</v>
+      </c>
+      <c r="DH20" s="292" t="s">
+        <v>193</v>
+      </c>
+      <c r="DI20" s="292" t="s">
+        <v>194</v>
+      </c>
+      <c r="DJ20" s="286" t="s">
+        <v>195</v>
+      </c>
       <c r="DK20" s="25"/>
-      <c r="DL20" s="238" t="s">
-[...6 lines deleted...]
-        <v>190</v>
+      <c r="DL20" s="294" t="s">
+        <v>196</v>
+      </c>
+      <c r="DM20" s="296" t="s">
+        <v>197</v>
+      </c>
+      <c r="DN20" s="294" t="s">
+        <v>198</v>
       </c>
     </row>
-    <row r="21" spans="1:119" ht="18.5" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="H21" s="286"/>
+    <row r="21" spans="1:119" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B21" s="160"/>
+      <c r="C21" s="160"/>
+      <c r="D21" s="254"/>
+      <c r="E21" s="164"/>
+      <c r="F21" s="164"/>
+      <c r="G21" s="164"/>
+      <c r="H21" s="250"/>
       <c r="I21" s="29"/>
       <c r="J21" s="29"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
       <c r="N21" s="26"/>
       <c r="O21" s="26"/>
       <c r="P21" s="26"/>
       <c r="Q21" s="26"/>
       <c r="R21" s="26"/>
       <c r="S21" s="26"/>
       <c r="T21" s="26"/>
       <c r="U21" s="26"/>
       <c r="V21" s="26"/>
       <c r="W21" s="26"/>
       <c r="X21" s="26"/>
       <c r="Y21" s="26"/>
       <c r="Z21" s="26"/>
       <c r="AA21" s="26"/>
-      <c r="AE21" s="226"/>
+      <c r="AE21" s="217"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="30"/>
       <c r="AH21" s="26"/>
       <c r="AI21" s="26"/>
       <c r="AJ21" s="26"/>
       <c r="AK21" s="26"/>
       <c r="AL21" s="26"/>
       <c r="AM21" s="26"/>
       <c r="AN21" s="26"/>
       <c r="AO21" s="26"/>
       <c r="AP21" s="26"/>
       <c r="AQ21" s="26"/>
       <c r="AR21" s="26"/>
       <c r="AS21" s="26"/>
       <c r="AT21" s="26"/>
       <c r="AU21" s="26"/>
       <c r="AV21" s="26"/>
       <c r="AW21" s="26"/>
       <c r="AX21" s="26"/>
       <c r="AY21" s="26"/>
       <c r="AZ21" s="26"/>
       <c r="BA21" s="26"/>
       <c r="BB21" s="26"/>
       <c r="BC21" s="26"/>
       <c r="BD21" s="26"/>
       <c r="BE21" s="26"/>
       <c r="BF21" s="26"/>
-      <c r="BH21" s="260"/>
-      <c r="BI21" s="263"/>
+      <c r="BH21" s="275"/>
+      <c r="BI21" s="278"/>
       <c r="BK21" s="26"/>
       <c r="BL21" s="26"/>
       <c r="BM21" s="26"/>
       <c r="BN21" s="26"/>
       <c r="BO21" s="26"/>
       <c r="BP21" s="26"/>
       <c r="BQ21" s="31"/>
       <c r="BR21" s="31"/>
-      <c r="BT21" s="257"/>
+      <c r="BT21" s="283"/>
       <c r="BU21" s="25"/>
       <c r="BV21" s="25"/>
-      <c r="BY21" s="249"/>
-[...36 lines deleted...]
-      <c r="DJ21" s="243"/>
+      <c r="BY21" s="285"/>
+      <c r="BZ21" s="287"/>
+      <c r="CA21" s="281"/>
+      <c r="CB21" s="289"/>
+      <c r="CC21" s="281"/>
+      <c r="CD21" s="291"/>
+      <c r="CE21" s="287"/>
+      <c r="CF21" s="281"/>
+      <c r="CG21" s="281"/>
+      <c r="CH21" s="281"/>
+      <c r="CI21" s="287"/>
+      <c r="CJ21" s="281"/>
+      <c r="CK21" s="281"/>
+      <c r="CL21" s="281"/>
+      <c r="CM21" s="281"/>
+      <c r="CN21" s="291"/>
+      <c r="CO21" s="287"/>
+      <c r="CP21" s="287"/>
+      <c r="CQ21" s="287"/>
+      <c r="CR21" s="287"/>
+      <c r="CS21" s="287"/>
+      <c r="CT21" s="287"/>
+      <c r="CU21" s="281"/>
+      <c r="CV21" s="285"/>
+      <c r="CW21" s="287"/>
+      <c r="CX21" s="287"/>
+      <c r="CY21" s="293"/>
+      <c r="CZ21" s="285"/>
+      <c r="DA21" s="293"/>
+      <c r="DB21" s="293"/>
+      <c r="DC21" s="293"/>
+      <c r="DD21" s="293"/>
+      <c r="DE21" s="293"/>
+      <c r="DF21" s="293"/>
+      <c r="DG21" s="293"/>
+      <c r="DH21" s="293"/>
+      <c r="DI21" s="293"/>
+      <c r="DJ21" s="287"/>
       <c r="DK21" s="88"/>
-      <c r="DL21" s="239"/>
-[...1 lines deleted...]
-      <c r="DN21" s="239"/>
+      <c r="DL21" s="295"/>
+      <c r="DM21" s="297"/>
+      <c r="DN21" s="295"/>
     </row>
     <row r="22" spans="1:119" ht="58.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B22" s="165"/>
-[...5 lines deleted...]
-      <c r="H22" s="288"/>
+      <c r="B22" s="160"/>
+      <c r="C22" s="160"/>
+      <c r="D22" s="254"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="252"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
-      <c r="AE22" s="226" t="s">
-        <v>191</v>
+      <c r="AE22" s="217" t="s">
+        <v>156</v>
       </c>
       <c r="AF22" s="30"/>
       <c r="AG22" s="30"/>
-      <c r="BH22" s="260"/>
-      <c r="BI22" s="263"/>
+      <c r="BH22" s="275"/>
+      <c r="BI22" s="278"/>
       <c r="BQ22" s="31"/>
       <c r="BR22" s="82"/>
       <c r="BS22" s="11"/>
-      <c r="BT22" s="257"/>
+      <c r="BT22" s="283"/>
       <c r="BU22" s="25"/>
       <c r="BV22" s="25"/>
-      <c r="BY22" s="249"/>
-[...36 lines deleted...]
-      <c r="DJ22" s="243"/>
+      <c r="BY22" s="285"/>
+      <c r="BZ22" s="287"/>
+      <c r="CA22" s="281"/>
+      <c r="CB22" s="289"/>
+      <c r="CC22" s="281"/>
+      <c r="CD22" s="291"/>
+      <c r="CE22" s="287"/>
+      <c r="CF22" s="281"/>
+      <c r="CG22" s="281"/>
+      <c r="CH22" s="281"/>
+      <c r="CI22" s="287"/>
+      <c r="CJ22" s="281"/>
+      <c r="CK22" s="281"/>
+      <c r="CL22" s="281"/>
+      <c r="CM22" s="281"/>
+      <c r="CN22" s="291"/>
+      <c r="CO22" s="287"/>
+      <c r="CP22" s="287"/>
+      <c r="CQ22" s="287"/>
+      <c r="CR22" s="287"/>
+      <c r="CS22" s="287"/>
+      <c r="CT22" s="287"/>
+      <c r="CU22" s="281"/>
+      <c r="CV22" s="285"/>
+      <c r="CW22" s="287"/>
+      <c r="CX22" s="287"/>
+      <c r="CY22" s="293"/>
+      <c r="CZ22" s="285"/>
+      <c r="DA22" s="293"/>
+      <c r="DB22" s="293"/>
+      <c r="DC22" s="293"/>
+      <c r="DD22" s="293"/>
+      <c r="DE22" s="293"/>
+      <c r="DF22" s="293"/>
+      <c r="DG22" s="293"/>
+      <c r="DH22" s="293"/>
+      <c r="DI22" s="293"/>
+      <c r="DJ22" s="287"/>
       <c r="DK22" s="88"/>
-      <c r="DL22" s="239"/>
-[...1 lines deleted...]
-      <c r="DN22" s="239"/>
+      <c r="DL22" s="295"/>
+      <c r="DM22" s="297"/>
+      <c r="DN22" s="295"/>
     </row>
     <row r="23" spans="1:119" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B23" s="32"/>
       <c r="C23" s="32"/>
       <c r="D23" s="88"/>
       <c r="E23" s="79"/>
       <c r="F23" s="79"/>
       <c r="G23" s="79"/>
       <c r="H23" s="80"/>
       <c r="I23" s="29"/>
       <c r="J23" s="29"/>
       <c r="AE23" s="48" t="str">
         <f ca="1">IF(R17&lt;&gt;D29,"No",IF(W17&lt;&gt;D29,"No",IF(AE17&lt;&gt;D29,"No","Yes")))</f>
         <v>Yes</v>
       </c>
       <c r="AF23" s="34"/>
       <c r="AG23" s="34"/>
-      <c r="BH23" s="260"/>
-      <c r="BI23" s="263"/>
+      <c r="BH23" s="275"/>
+      <c r="BI23" s="278"/>
       <c r="BQ23" s="35"/>
       <c r="BR23" s="83"/>
       <c r="BS23" s="11"/>
-      <c r="BT23" s="254">
+      <c r="BT23" s="298">
         <f ca="1">BT17</f>
         <v>0</v>
       </c>
       <c r="BU23" s="88"/>
       <c r="BV23" s="88"/>
-      <c r="BY23" s="249"/>
-[...36 lines deleted...]
-      <c r="DJ23" s="243"/>
+      <c r="BY23" s="285"/>
+      <c r="BZ23" s="287"/>
+      <c r="CA23" s="281"/>
+      <c r="CB23" s="289"/>
+      <c r="CC23" s="281"/>
+      <c r="CD23" s="291"/>
+      <c r="CE23" s="287"/>
+      <c r="CF23" s="281"/>
+      <c r="CG23" s="281"/>
+      <c r="CH23" s="281"/>
+      <c r="CI23" s="287"/>
+      <c r="CJ23" s="281"/>
+      <c r="CK23" s="281"/>
+      <c r="CL23" s="281"/>
+      <c r="CM23" s="281"/>
+      <c r="CN23" s="291"/>
+      <c r="CO23" s="287"/>
+      <c r="CP23" s="287"/>
+      <c r="CQ23" s="287"/>
+      <c r="CR23" s="287"/>
+      <c r="CS23" s="287"/>
+      <c r="CT23" s="287"/>
+      <c r="CU23" s="281"/>
+      <c r="CV23" s="285"/>
+      <c r="CW23" s="287"/>
+      <c r="CX23" s="287"/>
+      <c r="CY23" s="293"/>
+      <c r="CZ23" s="285"/>
+      <c r="DA23" s="293"/>
+      <c r="DB23" s="293"/>
+      <c r="DC23" s="293"/>
+      <c r="DD23" s="293"/>
+      <c r="DE23" s="293"/>
+      <c r="DF23" s="293"/>
+      <c r="DG23" s="293"/>
+      <c r="DH23" s="293"/>
+      <c r="DI23" s="293"/>
+      <c r="DJ23" s="287"/>
       <c r="DK23" s="88"/>
-      <c r="DL23" s="239"/>
-[...1 lines deleted...]
-      <c r="DN23" s="239"/>
+      <c r="DL23" s="295"/>
+      <c r="DM23" s="297"/>
+      <c r="DN23" s="295"/>
     </row>
     <row r="24" spans="1:119" ht="146.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B24" s="207" t="s">
-[...3 lines deleted...]
-      <c r="D24" s="292">
+      <c r="B24" s="198" t="s">
+        <v>199</v>
+      </c>
+      <c r="C24" s="158"/>
+      <c r="D24" s="256">
         <f ca="1">C17</f>
         <v>0</v>
       </c>
-      <c r="E24" s="168" t="s">
-[...4 lines deleted...]
-      <c r="H24" s="285"/>
+      <c r="E24" s="163" t="s">
+        <v>200</v>
+      </c>
+      <c r="F24" s="163"/>
+      <c r="G24" s="163"/>
+      <c r="H24" s="249"/>
       <c r="I24" s="33"/>
       <c r="J24" s="33"/>
       <c r="AE24" s="36"/>
       <c r="AF24" s="11"/>
       <c r="AG24" s="11"/>
-      <c r="BH24" s="260"/>
-      <c r="BI24" s="263"/>
+      <c r="BH24" s="275"/>
+      <c r="BI24" s="278"/>
       <c r="BR24" s="84"/>
       <c r="BS24" s="77"/>
-      <c r="BT24" s="254"/>
+      <c r="BT24" s="298"/>
       <c r="BU24" s="88"/>
       <c r="BV24" s="88"/>
       <c r="BY24" s="91">
         <f t="shared" ref="BY24:DJ24" si="6">BY17</f>
         <v>0</v>
       </c>
       <c r="BZ24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CA24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CB24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CC24" s="78">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CD24" s="92">
         <f t="shared" si="6"/>
         <v>0</v>
@@ -17677,1011 +17742,1011 @@
       </c>
       <c r="DI24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DJ24" s="50">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DK24" s="37"/>
       <c r="DL24" s="78">
         <f ca="1">DL17</f>
         <v>0</v>
       </c>
       <c r="DM24" s="50">
         <f ca="1">DM17</f>
         <v>0</v>
       </c>
       <c r="DN24" s="50">
         <f ca="1">DN17</f>
         <v>0</v>
       </c>
       <c r="DO24" s="37"/>
     </row>
     <row r="25" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B25" s="164"/>
-[...5 lines deleted...]
-      <c r="H25" s="286"/>
+      <c r="B25" s="159"/>
+      <c r="C25" s="160"/>
+      <c r="D25" s="255"/>
+      <c r="E25" s="164"/>
+      <c r="F25" s="164"/>
+      <c r="G25" s="164"/>
+      <c r="H25" s="250"/>
       <c r="I25" s="38"/>
       <c r="J25" s="38"/>
-      <c r="BH25" s="260"/>
-      <c r="BI25" s="263"/>
+      <c r="BH25" s="275"/>
+      <c r="BI25" s="278"/>
       <c r="BS25" s="77"/>
-      <c r="BT25" s="255"/>
+      <c r="BT25" s="299"/>
       <c r="BU25" s="88"/>
       <c r="BV25" s="88"/>
       <c r="BY25" s="51"/>
       <c r="BZ25" s="51"/>
       <c r="DI25" s="13"/>
       <c r="DJ25" s="14"/>
       <c r="DN25" s="14"/>
     </row>
     <row r="26" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B26" s="164"/>
-[...5 lines deleted...]
-      <c r="H26" s="286"/>
+      <c r="B26" s="159"/>
+      <c r="C26" s="160"/>
+      <c r="D26" s="255"/>
+      <c r="E26" s="164"/>
+      <c r="F26" s="164"/>
+      <c r="G26" s="164"/>
+      <c r="H26" s="250"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
-      <c r="BH26" s="261"/>
-      <c r="BI26" s="264"/>
+      <c r="BH26" s="276"/>
+      <c r="BI26" s="279"/>
       <c r="BS26" s="11"/>
       <c r="BY26" s="51"/>
       <c r="BZ26" s="51"/>
       <c r="DI26" s="13"/>
       <c r="DJ26" s="14"/>
       <c r="DN26" s="14"/>
     </row>
-    <row r="27" spans="1:119" ht="41" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="H27" s="288"/>
+    <row r="27" spans="1:119" ht="41.15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B27" s="161"/>
+      <c r="C27" s="162"/>
+      <c r="D27" s="255"/>
+      <c r="E27" s="165"/>
+      <c r="F27" s="165"/>
+      <c r="G27" s="165"/>
+      <c r="H27" s="252"/>
       <c r="I27" s="29"/>
       <c r="DI27" s="13"/>
       <c r="DJ27" s="14"/>
       <c r="DL27"/>
       <c r="DM27"/>
       <c r="DN27"/>
       <c r="DO27"/>
     </row>
     <row r="28" spans="1:119" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B28" s="39"/>
       <c r="C28" s="40"/>
       <c r="E28" s="79"/>
       <c r="F28" s="79"/>
       <c r="G28" s="79"/>
       <c r="H28" s="81"/>
       <c r="I28" s="29"/>
       <c r="DI28" s="13"/>
       <c r="DJ28" s="14"/>
       <c r="DL28"/>
       <c r="DM28"/>
       <c r="DN28"/>
       <c r="DO28"/>
     </row>
     <row r="29" spans="1:119" ht="185.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B29" s="208" t="s">
-[...3 lines deleted...]
-      <c r="D29" s="292">
+      <c r="B29" s="199" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" s="258"/>
+      <c r="D29" s="256">
         <f ca="1">B17</f>
         <v>0</v>
       </c>
-      <c r="E29" s="168" t="s">
-[...4 lines deleted...]
-      <c r="H29" s="285"/>
+      <c r="E29" s="163" t="s">
+        <v>202</v>
+      </c>
+      <c r="F29" s="163"/>
+      <c r="G29" s="163"/>
+      <c r="H29" s="249"/>
       <c r="I29" s="29"/>
       <c r="DI29" s="13"/>
       <c r="DJ29" s="14"/>
       <c r="DL29"/>
       <c r="DM29"/>
       <c r="DN29"/>
       <c r="DO29"/>
     </row>
     <row r="30" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="174"/>
-[...5 lines deleted...]
-      <c r="H30" s="286"/>
+      <c r="B30" s="169"/>
+      <c r="C30" s="257"/>
+      <c r="D30" s="260"/>
+      <c r="E30" s="164"/>
+      <c r="F30" s="164"/>
+      <c r="G30" s="164"/>
+      <c r="H30" s="250"/>
       <c r="I30" s="38"/>
       <c r="DI30" s="13"/>
       <c r="DJ30" s="14"/>
       <c r="DL30"/>
       <c r="DM30"/>
       <c r="DN30"/>
       <c r="DO30"/>
     </row>
     <row r="31" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B31" s="174"/>
-[...5 lines deleted...]
-      <c r="H31" s="286"/>
+      <c r="B31" s="169"/>
+      <c r="C31" s="257"/>
+      <c r="D31" s="260"/>
+      <c r="E31" s="164"/>
+      <c r="F31" s="164"/>
+      <c r="G31" s="164"/>
+      <c r="H31" s="250"/>
       <c r="I31" s="29"/>
       <c r="DI31" s="13"/>
       <c r="DJ31" s="14"/>
       <c r="DL31" s="76"/>
       <c r="DM31" s="76"/>
       <c r="DN31" s="76"/>
     </row>
     <row r="32" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B32" s="174"/>
-[...5 lines deleted...]
-      <c r="H32" s="286"/>
+      <c r="B32" s="169"/>
+      <c r="C32" s="257"/>
+      <c r="D32" s="260"/>
+      <c r="E32" s="164"/>
+      <c r="F32" s="164"/>
+      <c r="G32" s="164"/>
+      <c r="H32" s="250"/>
       <c r="I32" s="29"/>
     </row>
     <row r="33" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B33" s="174"/>
-[...5 lines deleted...]
-      <c r="H33" s="286"/>
+      <c r="B33" s="169"/>
+      <c r="C33" s="257"/>
+      <c r="D33" s="260"/>
+      <c r="E33" s="164"/>
+      <c r="F33" s="164"/>
+      <c r="G33" s="164"/>
+      <c r="H33" s="250"/>
       <c r="I33" s="29"/>
     </row>
     <row r="34" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B34" s="174"/>
-[...5 lines deleted...]
-      <c r="H34" s="286"/>
+      <c r="B34" s="169"/>
+      <c r="C34" s="257"/>
+      <c r="D34" s="260"/>
+      <c r="E34" s="164"/>
+      <c r="F34" s="164"/>
+      <c r="G34" s="164"/>
+      <c r="H34" s="250"/>
       <c r="I34" s="29"/>
     </row>
     <row r="35" spans="2:10" ht="38.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B35" s="176"/>
-[...5 lines deleted...]
-      <c r="H35" s="288"/>
+      <c r="B35" s="171"/>
+      <c r="C35" s="259"/>
+      <c r="D35" s="261"/>
+      <c r="E35" s="165"/>
+      <c r="F35" s="165"/>
+      <c r="G35" s="165"/>
+      <c r="H35" s="252"/>
       <c r="I35" s="29"/>
     </row>
     <row r="36" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B36" s="39"/>
       <c r="C36" s="40"/>
       <c r="H36" s="12"/>
       <c r="I36" s="29"/>
     </row>
     <row r="37" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B37" s="258"/>
-      <c r="C37" s="258"/>
+      <c r="B37" s="273"/>
+      <c r="C37" s="273"/>
       <c r="D37" s="85"/>
       <c r="F37" s="56"/>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D38" s="56"/>
       <c r="F38" s="56"/>
       <c r="I38" s="12"/>
     </row>
     <row r="39" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D39" s="14"/>
       <c r="I39" s="12"/>
     </row>
     <row r="40" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D40" s="14"/>
       <c r="I40" s="12"/>
     </row>
     <row r="41" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D41" s="56"/>
       <c r="I41" s="12"/>
       <c r="J41" s="12"/>
     </row>
     <row r="42" spans="2:10" x14ac:dyDescent="0.45">
       <c r="D42" s="56"/>
       <c r="I42" s="12"/>
       <c r="J42" s="12"/>
     </row>
     <row r="43" spans="2:10" x14ac:dyDescent="0.45">
       <c r="D43" s="56"/>
     </row>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0" pivotTables="0"/>
   <mergeCells count="46">
-    <mergeCell ref="CG20:CG23"/>
-[...28 lines deleted...]
-    <mergeCell ref="CX20:CX23"/>
+    <mergeCell ref="B37:C37"/>
     <mergeCell ref="DJ20:DJ23"/>
     <mergeCell ref="DL20:DL23"/>
     <mergeCell ref="DM20:DM23"/>
     <mergeCell ref="DN20:DN23"/>
     <mergeCell ref="BT23:BT25"/>
     <mergeCell ref="DE20:DE23"/>
     <mergeCell ref="DF20:DF23"/>
     <mergeCell ref="DG20:DG23"/>
     <mergeCell ref="DH20:DH23"/>
     <mergeCell ref="DI20:DI23"/>
     <mergeCell ref="CY20:CY23"/>
     <mergeCell ref="CZ20:CZ23"/>
     <mergeCell ref="DA20:DA23"/>
     <mergeCell ref="DB20:DB23"/>
     <mergeCell ref="DC20:DC23"/>
-    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="DD20:DD23"/>
+    <mergeCell ref="CS20:CS23"/>
+    <mergeCell ref="CT20:CT23"/>
+    <mergeCell ref="CU20:CU23"/>
+    <mergeCell ref="CV20:CV23"/>
+    <mergeCell ref="CW20:CW23"/>
+    <mergeCell ref="CX20:CX23"/>
+    <mergeCell ref="CR20:CR23"/>
+    <mergeCell ref="CH20:CH23"/>
+    <mergeCell ref="CI20:CI23"/>
+    <mergeCell ref="CJ20:CJ23"/>
+    <mergeCell ref="CK20:CK23"/>
+    <mergeCell ref="CL20:CL23"/>
+    <mergeCell ref="CM20:CM23"/>
+    <mergeCell ref="CN20:CN23"/>
+    <mergeCell ref="CO20:CO23"/>
+    <mergeCell ref="CP20:CP23"/>
+    <mergeCell ref="CQ20:CQ23"/>
+    <mergeCell ref="CG20:CG23"/>
+    <mergeCell ref="BT19:BT22"/>
+    <mergeCell ref="BH20:BH26"/>
+    <mergeCell ref="BI20:BI26"/>
+    <mergeCell ref="BY20:BY23"/>
+    <mergeCell ref="BZ20:BZ23"/>
+    <mergeCell ref="CA20:CA23"/>
+    <mergeCell ref="CB20:CB23"/>
+    <mergeCell ref="CC20:CC23"/>
+    <mergeCell ref="CD20:CD23"/>
+    <mergeCell ref="CE20:CE23"/>
+    <mergeCell ref="CF20:CF23"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select the type(s) of services:" prompt="_x000a_" sqref="BV6:BV9" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>$BW$5:$BW$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select type of service provided" prompt="_x000a_" sqref="BV5" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>$BW$5:$BW$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Yes or No:" sqref="D37" xr:uid="{00000000-0002-0000-0300-000002000000}">
       <formula1>$F$37:$F$39</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:DO43"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="C11" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="72" zoomScaleNormal="70" workbookViewId="0">
+      <pane xSplit="1" ySplit="3" topLeftCell="DL4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="Q17" sqref="Q17"/>
+      <selection pane="bottomRight" activeCell="AT3" sqref="AT3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="18.5" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="30.54296875" style="14" customWidth="1"/>
     <col min="2" max="2" width="36" style="14" customWidth="1"/>
     <col min="3" max="4" width="30.54296875" style="41" customWidth="1"/>
     <col min="5" max="5" width="31.54296875" style="14" customWidth="1"/>
     <col min="6" max="6" width="30.7265625" style="14" hidden="1" customWidth="1"/>
-    <col min="7" max="7" width="7.90625" style="14" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="31" max="31" width="50.6328125" style="11" customWidth="1"/>
+    <col min="7" max="7" width="7.81640625" style="14" customWidth="1"/>
+    <col min="8" max="18" width="25.54296875" style="14" customWidth="1"/>
+    <col min="19" max="23" width="47.54296875" style="14" customWidth="1"/>
+    <col min="24" max="30" width="50.54296875" style="14" customWidth="1"/>
+    <col min="31" max="31" width="50.54296875" style="11" customWidth="1"/>
     <col min="32" max="32" width="15.54296875" style="14" customWidth="1"/>
     <col min="33" max="61" width="30.54296875" style="14" customWidth="1"/>
     <col min="62" max="62" width="15.54296875" style="14" customWidth="1"/>
-    <col min="63" max="69" width="40.6328125" style="14" customWidth="1"/>
-    <col min="70" max="70" width="40.6328125" style="11" customWidth="1"/>
+    <col min="63" max="69" width="40.54296875" style="14" customWidth="1"/>
+    <col min="70" max="70" width="40.54296875" style="11" customWidth="1"/>
     <col min="71" max="71" width="15.54296875" style="14" customWidth="1"/>
     <col min="72" max="72" width="45.54296875" style="12" customWidth="1"/>
     <col min="73" max="73" width="15.54296875" style="12" customWidth="1"/>
     <col min="74" max="74" width="45.54296875" style="12" customWidth="1"/>
     <col min="75" max="75" width="29.26953125" style="14" hidden="1" customWidth="1"/>
     <col min="76" max="76" width="15.54296875" style="14" customWidth="1"/>
     <col min="77" max="98" width="30.54296875" style="14" customWidth="1"/>
     <col min="99" max="99" width="40" style="14" customWidth="1"/>
     <col min="100" max="113" width="30.54296875" style="14" customWidth="1"/>
     <col min="114" max="114" width="30.54296875" style="13" customWidth="1"/>
     <col min="115" max="115" width="15.54296875" style="11" customWidth="1"/>
-    <col min="116" max="117" width="47.6328125" style="14" customWidth="1"/>
-    <col min="118" max="118" width="47.6328125" style="11" customWidth="1"/>
+    <col min="116" max="117" width="47.54296875" style="14" customWidth="1"/>
+    <col min="118" max="118" width="47.54296875" style="11" customWidth="1"/>
     <col min="119" max="119" width="30.26953125" style="14" customWidth="1"/>
     <col min="120" max="120" width="27.26953125" style="14" customWidth="1"/>
     <col min="121" max="121" width="27" style="14" bestFit="1" customWidth="1"/>
     <col min="122" max="16384" width="9.26953125" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:118" s="44" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A1" s="234"/>
+      <c r="A1" s="225"/>
       <c r="B1" s="42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C1" s="43"/>
       <c r="D1" s="43"/>
       <c r="H1" s="42" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="AE1" s="45"/>
       <c r="BR1" s="45"/>
       <c r="BT1" s="46" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="BU1" s="47"/>
       <c r="BV1" s="47"/>
       <c r="BY1" s="46" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="BZ1" s="46"/>
       <c r="CA1" s="46"/>
       <c r="CB1" s="46"/>
       <c r="CC1" s="46"/>
       <c r="CD1" s="46"/>
       <c r="CE1" s="46"/>
       <c r="CF1" s="46"/>
       <c r="CG1" s="46"/>
       <c r="CH1" s="46"/>
       <c r="CI1" s="46"/>
       <c r="CJ1" s="46"/>
       <c r="CK1" s="46"/>
       <c r="CL1" s="46"/>
       <c r="CM1" s="46"/>
       <c r="CN1" s="46"/>
       <c r="CO1" s="46"/>
       <c r="CP1" s="46"/>
       <c r="CQ1" s="46"/>
       <c r="CR1" s="46"/>
       <c r="CS1" s="46"/>
       <c r="CT1" s="46"/>
       <c r="CU1" s="46"/>
       <c r="CV1" s="46"/>
       <c r="CW1" s="46"/>
       <c r="CX1" s="46"/>
       <c r="CY1" s="46"/>
       <c r="CZ1" s="46"/>
       <c r="DA1" s="46"/>
       <c r="DB1" s="46"/>
       <c r="DC1" s="46"/>
       <c r="DD1" s="46"/>
       <c r="DE1" s="46"/>
       <c r="DF1" s="46"/>
       <c r="DG1" s="46"/>
       <c r="DH1" s="46"/>
       <c r="DI1" s="46"/>
       <c r="DJ1" s="46"/>
       <c r="DK1" s="52"/>
       <c r="DL1" s="47" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="DM1" s="54"/>
       <c r="DN1" s="55"/>
     </row>
     <row r="2" spans="1:118" s="10" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="234" t="s">
-[...6 lines deleted...]
-      <c r="D2" s="184"/>
+      <c r="A2" s="225" t="s">
+        <v>224</v>
+      </c>
+      <c r="B2" s="175" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" s="176"/>
+      <c r="D2" s="177"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
-      <c r="H2" s="182" t="s">
-[...28 lines deleted...]
-      <c r="AE2" s="184"/>
+      <c r="H2" s="175" t="s">
+        <v>221</v>
+      </c>
+      <c r="I2" s="176"/>
+      <c r="J2" s="176"/>
+      <c r="K2" s="176"/>
+      <c r="L2" s="176"/>
+      <c r="M2" s="176"/>
+      <c r="N2" s="176"/>
+      <c r="O2" s="176"/>
+      <c r="P2" s="176"/>
+      <c r="Q2" s="176"/>
+      <c r="R2" s="176"/>
+      <c r="S2" s="175" t="s">
+        <v>222</v>
+      </c>
+      <c r="T2" s="176"/>
+      <c r="U2" s="176"/>
+      <c r="V2" s="176"/>
+      <c r="W2" s="177"/>
+      <c r="X2" s="175" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y2" s="176"/>
+      <c r="Z2" s="176"/>
+      <c r="AA2" s="176"/>
+      <c r="AB2" s="176"/>
+      <c r="AC2" s="176"/>
+      <c r="AD2" s="176"/>
+      <c r="AE2" s="177"/>
       <c r="AF2" s="8"/>
-      <c r="AG2" s="185" t="s">
-[...29 lines deleted...]
-      <c r="BI2" s="187"/>
+      <c r="AG2" s="178" t="s">
+        <v>209</v>
+      </c>
+      <c r="AH2" s="179"/>
+      <c r="AI2" s="179"/>
+      <c r="AJ2" s="179"/>
+      <c r="AK2" s="179"/>
+      <c r="AL2" s="179"/>
+      <c r="AM2" s="179"/>
+      <c r="AN2" s="179"/>
+      <c r="AO2" s="179"/>
+      <c r="AP2" s="179"/>
+      <c r="AQ2" s="179"/>
+      <c r="AR2" s="179"/>
+      <c r="AS2" s="179"/>
+      <c r="AT2" s="179"/>
+      <c r="AU2" s="179"/>
+      <c r="AV2" s="179"/>
+      <c r="AW2" s="179"/>
+      <c r="AX2" s="179"/>
+      <c r="AY2" s="179"/>
+      <c r="AZ2" s="179"/>
+      <c r="BA2" s="179"/>
+      <c r="BB2" s="179"/>
+      <c r="BC2" s="179"/>
+      <c r="BD2" s="179"/>
+      <c r="BE2" s="179"/>
+      <c r="BF2" s="179"/>
+      <c r="BG2" s="179"/>
+      <c r="BH2" s="179"/>
+      <c r="BI2" s="180"/>
       <c r="BJ2" s="7"/>
-      <c r="BK2" s="188" t="s">
-[...8 lines deleted...]
-      <c r="BR2" s="190"/>
+      <c r="BK2" s="181" t="s">
+        <v>210</v>
+      </c>
+      <c r="BL2" s="182"/>
+      <c r="BM2" s="182"/>
+      <c r="BN2" s="182"/>
+      <c r="BO2" s="182"/>
+      <c r="BP2" s="182"/>
+      <c r="BQ2" s="182"/>
+      <c r="BR2" s="183"/>
       <c r="BS2" s="6"/>
       <c r="BT2" s="87" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="BU2" s="9"/>
       <c r="BV2" s="87" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="BY2" s="89" t="s">
-        <v>24</v>
-[...55 lines deleted...]
-      <c r="DJ2" s="187"/>
+        <v>29</v>
+      </c>
+      <c r="BZ2" s="179" t="s">
+        <v>30</v>
+      </c>
+      <c r="CA2" s="184"/>
+      <c r="CB2" s="184"/>
+      <c r="CC2" s="185"/>
+      <c r="CD2" s="191" t="s">
+        <v>29</v>
+      </c>
+      <c r="CE2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CF2" s="179"/>
+      <c r="CG2" s="179"/>
+      <c r="CH2" s="179"/>
+      <c r="CI2" s="179"/>
+      <c r="CJ2" s="179"/>
+      <c r="CK2" s="179"/>
+      <c r="CL2" s="179"/>
+      <c r="CM2" s="180"/>
+      <c r="CN2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CO2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CP2" s="179"/>
+      <c r="CQ2" s="179"/>
+      <c r="CR2" s="179"/>
+      <c r="CS2" s="179"/>
+      <c r="CT2" s="179"/>
+      <c r="CU2" s="180"/>
+      <c r="CV2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="CW2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="CX2" s="179"/>
+      <c r="CY2" s="180"/>
+      <c r="CZ2" s="192" t="s">
+        <v>29</v>
+      </c>
+      <c r="DA2" s="178" t="s">
+        <v>30</v>
+      </c>
+      <c r="DB2" s="179"/>
+      <c r="DC2" s="179"/>
+      <c r="DD2" s="179"/>
+      <c r="DE2" s="179"/>
+      <c r="DF2" s="179"/>
+      <c r="DG2" s="179"/>
+      <c r="DH2" s="179"/>
+      <c r="DI2" s="179"/>
+      <c r="DJ2" s="180"/>
       <c r="DK2" s="53"/>
-      <c r="DL2" s="195" t="s">
-[...3 lines deleted...]
-      <c r="DN2" s="197"/>
+      <c r="DL2" s="188" t="s">
+        <v>31</v>
+      </c>
+      <c r="DM2" s="189"/>
+      <c r="DN2" s="190"/>
     </row>
     <row r="3" spans="1:118" s="75" customFormat="1" ht="179.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="57" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B3" s="57" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C3" s="57" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D3" s="57" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E3" s="119"/>
       <c r="F3" s="114" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G3" s="114"/>
       <c r="H3" s="57" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I3" s="57" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="J3" s="57" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="K3" s="57" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="L3" s="57" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="M3" s="57" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="N3" s="57" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="O3" s="57" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="P3" s="57" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="Q3" s="57" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="R3" s="115" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="S3" s="57" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="T3" s="57" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="U3" s="93" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="V3" s="57" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="W3" s="115" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="X3" s="57" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="Y3" s="57" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="Z3" s="57" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AA3" s="57" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AB3" s="57" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="AC3" s="57" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="AD3" s="57" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="AE3" s="115" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="AF3" s="119"/>
       <c r="AG3" s="116" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="AH3" s="116" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="AI3" s="116" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="AJ3" s="116" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="AK3" s="116" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AL3" s="116" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="AM3" s="116" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="AN3" s="116" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="AO3" s="116" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="AP3" s="116" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="AQ3" s="116" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="AR3" s="116" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="AS3" s="116" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="AT3" s="117" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AU3" s="116" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AV3" s="116" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="AW3" s="116" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="AX3" s="116" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="AY3" s="116" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="AZ3" s="116" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="BA3" s="116" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="BB3" s="116" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="BC3" s="116" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="BD3" s="116" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="BE3" s="116" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="BF3" s="116" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="BG3" s="116" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="BH3" s="117" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="BI3" s="118" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="BJ3" s="230"/>
+        <v>89</v>
+      </c>
+      <c r="BJ3" s="221"/>
       <c r="BK3" s="116" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="BL3" s="116" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="BM3" s="116" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="BN3" s="116" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="BO3" s="116" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="BP3" s="116" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="BQ3" s="117" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="BR3" s="115" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="BS3" s="119"/>
       <c r="BT3" s="57" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="BU3" s="119"/>
       <c r="BV3" s="68" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="BW3" s="119" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="BX3" s="229"/>
+        <v>100</v>
+      </c>
+      <c r="BX3" s="220"/>
       <c r="BY3" s="118" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="BZ3" s="120" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="CA3" s="116" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="CB3" s="116" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="CC3" s="116" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="CD3" s="118" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-      <c r="CI3" s="194" t="s">
         <v>106</v>
       </c>
-      <c r="CJ3" s="194" t="s">
+      <c r="CE3" s="186" t="s">
         <v>107</v>
       </c>
-      <c r="CK3" s="194" t="s">
+      <c r="CF3" s="187" t="s">
         <v>108</v>
       </c>
-      <c r="CL3" s="194" t="s">
+      <c r="CG3" s="187" t="s">
         <v>109</v>
       </c>
-      <c r="CM3" s="194" t="s">
+      <c r="CH3" s="187" t="s">
         <v>110</v>
       </c>
+      <c r="CI3" s="187" t="s">
+        <v>111</v>
+      </c>
+      <c r="CJ3" s="187" t="s">
+        <v>112</v>
+      </c>
+      <c r="CK3" s="187" t="s">
+        <v>113</v>
+      </c>
+      <c r="CL3" s="187" t="s">
+        <v>114</v>
+      </c>
+      <c r="CM3" s="187" t="s">
+        <v>115</v>
+      </c>
       <c r="CN3" s="118" t="s">
-        <v>111</v>
-[...13 lines deleted...]
-      <c r="CS3" s="194" t="s">
         <v>116</v>
       </c>
-      <c r="CT3" s="194" t="s">
+      <c r="CO3" s="186" t="s">
         <v>117</v>
       </c>
-      <c r="CU3" s="194" t="s">
+      <c r="CP3" s="187" t="s">
         <v>118</v>
       </c>
+      <c r="CQ3" s="187" t="s">
+        <v>119</v>
+      </c>
+      <c r="CR3" s="187" t="s">
+        <v>120</v>
+      </c>
+      <c r="CS3" s="187" t="s">
+        <v>121</v>
+      </c>
+      <c r="CT3" s="187" t="s">
+        <v>122</v>
+      </c>
+      <c r="CU3" s="187" t="s">
+        <v>123</v>
+      </c>
       <c r="CV3" s="118" t="s">
-        <v>119</v>
-[...8 lines deleted...]
-        <v>122</v>
+        <v>124</v>
+      </c>
+      <c r="CW3" s="186" t="s">
+        <v>125</v>
+      </c>
+      <c r="CX3" s="187" t="s">
+        <v>126</v>
+      </c>
+      <c r="CY3" s="187" t="s">
+        <v>127</v>
       </c>
       <c r="CZ3" s="118" t="s">
-        <v>123</v>
-[...13 lines deleted...]
-      <c r="DE3" s="194" t="s">
         <v>128</v>
       </c>
-      <c r="DF3" s="194" t="s">
+      <c r="DA3" s="186" t="s">
         <v>129</v>
       </c>
-      <c r="DG3" s="194" t="s">
+      <c r="DB3" s="187" t="s">
         <v>130</v>
       </c>
-      <c r="DH3" s="194" t="s">
+      <c r="DC3" s="187" t="s">
         <v>131</v>
       </c>
-      <c r="DI3" s="194" t="s">
+      <c r="DD3" s="187" t="s">
         <v>132</v>
       </c>
-      <c r="DJ3" s="194" t="s">
+      <c r="DE3" s="187" t="s">
         <v>133</v>
+      </c>
+      <c r="DF3" s="187" t="s">
+        <v>134</v>
+      </c>
+      <c r="DG3" s="187" t="s">
+        <v>135</v>
+      </c>
+      <c r="DH3" s="187" t="s">
+        <v>136</v>
+      </c>
+      <c r="DI3" s="187" t="s">
+        <v>137</v>
+      </c>
+      <c r="DJ3" s="187" t="s">
+        <v>138</v>
       </c>
       <c r="DK3" s="119"/>
       <c r="DL3" s="57" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="DM3" s="57" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="DN3" s="68" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="4" spans="1:118" ht="76.150000000000006" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="66"/>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="67"/>
       <c r="E4" s="121"/>
       <c r="F4" s="122"/>
-      <c r="G4" s="122"/>
+      <c r="G4" s="266"/>
       <c r="H4" s="100"/>
       <c r="I4" s="100"/>
       <c r="J4" s="100"/>
       <c r="K4" s="100"/>
       <c r="L4" s="100"/>
       <c r="M4" s="100"/>
       <c r="N4" s="100"/>
       <c r="O4" s="100"/>
       <c r="P4" s="100"/>
       <c r="Q4" s="100"/>
-      <c r="R4" s="217" t="s">
-        <v>137</v>
+      <c r="R4" s="208" t="s">
+        <v>142</v>
       </c>
       <c r="S4" s="67"/>
       <c r="T4" s="67"/>
       <c r="U4" s="67"/>
       <c r="V4" s="67"/>
-      <c r="W4" s="217" t="s">
-        <v>138</v>
+      <c r="W4" s="208" t="s">
+        <v>143</v>
       </c>
       <c r="X4" s="67"/>
       <c r="Y4" s="67"/>
       <c r="Z4" s="67"/>
       <c r="AA4" s="67"/>
       <c r="AB4" s="67"/>
       <c r="AC4" s="67"/>
       <c r="AD4" s="67"/>
-      <c r="AE4" s="217" t="s">
-        <v>138</v>
+      <c r="AE4" s="208" t="s">
+        <v>143</v>
       </c>
       <c r="AF4" s="123"/>
       <c r="AG4" s="100"/>
       <c r="AH4" s="100"/>
       <c r="AI4" s="100"/>
       <c r="AJ4" s="100"/>
       <c r="AK4" s="100"/>
       <c r="AL4" s="100"/>
       <c r="AM4" s="100"/>
       <c r="AN4" s="100"/>
       <c r="AO4" s="100"/>
       <c r="AP4" s="100"/>
       <c r="AQ4" s="100"/>
       <c r="AR4" s="100"/>
       <c r="AS4" s="100"/>
       <c r="AT4" s="124"/>
       <c r="AU4" s="100"/>
       <c r="AV4" s="100"/>
       <c r="AW4" s="100"/>
       <c r="AX4" s="100"/>
       <c r="AY4" s="100"/>
       <c r="AZ4" s="100"/>
       <c r="BA4" s="100"/>
       <c r="BB4" s="100"/>
       <c r="BC4" s="100"/>
       <c r="BD4" s="100"/>
       <c r="BE4" s="100"/>
       <c r="BF4" s="100"/>
       <c r="BG4" s="100"/>
       <c r="BH4" s="124"/>
       <c r="BI4" s="100"/>
       <c r="BJ4" s="125"/>
       <c r="BK4" s="100"/>
       <c r="BL4" s="100"/>
       <c r="BM4" s="100"/>
       <c r="BN4" s="100"/>
       <c r="BO4" s="100"/>
       <c r="BP4" s="100"/>
       <c r="BQ4" s="124"/>
       <c r="BR4" s="124"/>
       <c r="BS4" s="126"/>
       <c r="BT4" s="67"/>
       <c r="BU4" s="127"/>
-      <c r="BV4" s="219" t="s">
-        <v>218</v>
+      <c r="BV4" s="210" t="s">
+        <v>144</v>
       </c>
       <c r="BW4" s="128"/>
       <c r="BX4" s="129"/>
       <c r="BY4" s="100"/>
       <c r="BZ4" s="130"/>
       <c r="CA4" s="100"/>
       <c r="CB4" s="100"/>
       <c r="CC4" s="100"/>
       <c r="CD4" s="100"/>
       <c r="CE4" s="130"/>
       <c r="CF4" s="100"/>
       <c r="CG4" s="100"/>
       <c r="CH4" s="100"/>
       <c r="CI4" s="100"/>
       <c r="CJ4" s="100"/>
       <c r="CK4" s="100"/>
       <c r="CL4" s="100"/>
       <c r="CM4" s="100"/>
       <c r="CN4" s="100"/>
       <c r="CO4" s="130"/>
       <c r="CP4" s="100"/>
       <c r="CQ4" s="100"/>
       <c r="CR4" s="100"/>
       <c r="CS4" s="100"/>
       <c r="CT4" s="100"/>
@@ -18691,51 +18756,51 @@
       <c r="CX4" s="100"/>
       <c r="CY4" s="100"/>
       <c r="CZ4" s="100"/>
       <c r="DA4" s="130"/>
       <c r="DB4" s="100"/>
       <c r="DC4" s="100"/>
       <c r="DD4" s="100"/>
       <c r="DE4" s="100"/>
       <c r="DF4" s="100"/>
       <c r="DG4" s="100"/>
       <c r="DH4" s="100"/>
       <c r="DI4" s="100"/>
       <c r="DJ4" s="100"/>
       <c r="DK4" s="131"/>
       <c r="DL4" s="67"/>
       <c r="DM4" s="67"/>
       <c r="DN4" s="69"/>
     </row>
     <row r="5" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A5" s="70"/>
       <c r="B5" s="58"/>
       <c r="C5" s="59"/>
       <c r="D5" s="59"/>
       <c r="E5" s="132"/>
       <c r="F5" s="95"/>
-      <c r="G5" s="95"/>
+      <c r="G5" s="267"/>
       <c r="H5" s="58"/>
       <c r="I5" s="59"/>
       <c r="J5" s="59"/>
       <c r="K5" s="58"/>
       <c r="L5" s="59"/>
       <c r="M5" s="59"/>
       <c r="N5" s="58"/>
       <c r="O5" s="59"/>
       <c r="P5" s="59"/>
       <c r="Q5" s="58"/>
       <c r="R5" s="133"/>
       <c r="S5" s="59"/>
       <c r="T5" s="59"/>
       <c r="U5" s="59"/>
       <c r="V5" s="58"/>
       <c r="W5" s="134"/>
       <c r="X5" s="59"/>
       <c r="Y5" s="59"/>
       <c r="Z5" s="58"/>
       <c r="AA5" s="59"/>
       <c r="AB5" s="59"/>
       <c r="AC5" s="58"/>
       <c r="AD5" s="59"/>
       <c r="AE5" s="134"/>
       <c r="AF5" s="132"/>
@@ -18760,51 +18825,51 @@
       <c r="AY5" s="59"/>
       <c r="AZ5" s="58"/>
       <c r="BA5" s="59"/>
       <c r="BB5" s="59"/>
       <c r="BC5" s="59"/>
       <c r="BD5" s="58"/>
       <c r="BE5" s="59"/>
       <c r="BF5" s="59"/>
       <c r="BG5" s="58"/>
       <c r="BH5" s="59"/>
       <c r="BI5" s="59"/>
       <c r="BJ5" s="135"/>
       <c r="BK5" s="59"/>
       <c r="BL5" s="59"/>
       <c r="BM5" s="59"/>
       <c r="BN5" s="59"/>
       <c r="BO5" s="59"/>
       <c r="BP5" s="59"/>
       <c r="BQ5" s="59"/>
       <c r="BR5" s="104"/>
       <c r="BS5" s="107"/>
       <c r="BT5" s="59"/>
       <c r="BU5" s="136"/>
       <c r="BV5" s="150"/>
       <c r="BW5" s="137" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="BX5" s="112"/>
       <c r="BY5" s="59"/>
       <c r="BZ5" s="138"/>
       <c r="CA5" s="59"/>
       <c r="CB5" s="59"/>
       <c r="CC5" s="59"/>
       <c r="CD5" s="59"/>
       <c r="CE5" s="138"/>
       <c r="CF5" s="59"/>
       <c r="CG5" s="59"/>
       <c r="CH5" s="59"/>
       <c r="CI5" s="59"/>
       <c r="CJ5" s="59"/>
       <c r="CK5" s="59"/>
       <c r="CL5" s="59"/>
       <c r="CM5" s="59"/>
       <c r="CN5" s="59"/>
       <c r="CO5" s="138"/>
       <c r="CP5" s="59"/>
       <c r="CQ5" s="59"/>
       <c r="CR5" s="59"/>
       <c r="CS5" s="59"/>
       <c r="CT5" s="59"/>
       <c r="CU5" s="59"/>
@@ -18813,51 +18878,51 @@
       <c r="CX5" s="59"/>
       <c r="CY5" s="59"/>
       <c r="CZ5" s="59"/>
       <c r="DA5" s="138"/>
       <c r="DB5" s="59"/>
       <c r="DC5" s="59"/>
       <c r="DD5" s="59"/>
       <c r="DE5" s="59"/>
       <c r="DF5" s="59"/>
       <c r="DG5" s="59"/>
       <c r="DH5" s="59"/>
       <c r="DI5" s="59"/>
       <c r="DJ5" s="59"/>
       <c r="DK5" s="136"/>
       <c r="DL5" s="59"/>
       <c r="DM5" s="59"/>
       <c r="DN5" s="60"/>
     </row>
     <row r="6" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A6" s="71"/>
       <c r="B6" s="61"/>
       <c r="C6" s="62"/>
       <c r="D6" s="62"/>
       <c r="E6" s="132"/>
       <c r="F6" s="101"/>
-      <c r="G6" s="101"/>
+      <c r="G6" s="267"/>
       <c r="H6" s="61"/>
       <c r="I6" s="62"/>
       <c r="J6" s="62"/>
       <c r="K6" s="61"/>
       <c r="L6" s="62"/>
       <c r="M6" s="62"/>
       <c r="N6" s="61"/>
       <c r="O6" s="62"/>
       <c r="P6" s="62"/>
       <c r="Q6" s="61"/>
       <c r="R6" s="139"/>
       <c r="S6" s="62"/>
       <c r="T6" s="62"/>
       <c r="U6" s="62"/>
       <c r="V6" s="61"/>
       <c r="W6" s="139"/>
       <c r="X6" s="62"/>
       <c r="Y6" s="62"/>
       <c r="Z6" s="61"/>
       <c r="AA6" s="62"/>
       <c r="AB6" s="62"/>
       <c r="AC6" s="61"/>
       <c r="AD6" s="62"/>
       <c r="AE6" s="139"/>
       <c r="AF6" s="132"/>
@@ -18882,51 +18947,51 @@
       <c r="AY6" s="62"/>
       <c r="AZ6" s="61"/>
       <c r="BA6" s="62"/>
       <c r="BB6" s="62"/>
       <c r="BC6" s="62"/>
       <c r="BD6" s="61"/>
       <c r="BE6" s="62"/>
       <c r="BF6" s="62"/>
       <c r="BG6" s="61"/>
       <c r="BH6" s="62"/>
       <c r="BI6" s="62"/>
       <c r="BJ6" s="135"/>
       <c r="BK6" s="62"/>
       <c r="BL6" s="62"/>
       <c r="BM6" s="62"/>
       <c r="BN6" s="62"/>
       <c r="BO6" s="62"/>
       <c r="BP6" s="62"/>
       <c r="BQ6" s="62"/>
       <c r="BR6" s="105"/>
       <c r="BS6" s="107"/>
       <c r="BT6" s="62"/>
       <c r="BU6" s="136"/>
       <c r="BV6" s="151"/>
       <c r="BW6" s="140" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="BX6" s="112"/>
       <c r="BY6" s="62"/>
       <c r="BZ6" s="141"/>
       <c r="CA6" s="62"/>
       <c r="CB6" s="62"/>
       <c r="CC6" s="62"/>
       <c r="CD6" s="62"/>
       <c r="CE6" s="141"/>
       <c r="CF6" s="62"/>
       <c r="CG6" s="62"/>
       <c r="CH6" s="62"/>
       <c r="CI6" s="62"/>
       <c r="CJ6" s="62"/>
       <c r="CK6" s="62"/>
       <c r="CL6" s="62"/>
       <c r="CM6" s="62"/>
       <c r="CN6" s="62"/>
       <c r="CO6" s="141"/>
       <c r="CP6" s="62"/>
       <c r="CQ6" s="62"/>
       <c r="CR6" s="62"/>
       <c r="CS6" s="62"/>
       <c r="CT6" s="62"/>
       <c r="CU6" s="62"/>
@@ -18935,51 +19000,51 @@
       <c r="CX6" s="62"/>
       <c r="CY6" s="62"/>
       <c r="CZ6" s="62"/>
       <c r="DA6" s="141"/>
       <c r="DB6" s="62"/>
       <c r="DC6" s="62"/>
       <c r="DD6" s="62"/>
       <c r="DE6" s="62"/>
       <c r="DF6" s="62"/>
       <c r="DG6" s="62"/>
       <c r="DH6" s="62"/>
       <c r="DI6" s="62"/>
       <c r="DJ6" s="62"/>
       <c r="DK6" s="136"/>
       <c r="DL6" s="62"/>
       <c r="DM6" s="62"/>
       <c r="DN6" s="63"/>
     </row>
     <row r="7" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A7" s="70"/>
       <c r="B7" s="58"/>
       <c r="C7" s="59"/>
       <c r="D7" s="59"/>
       <c r="E7" s="132"/>
       <c r="F7" s="95"/>
-      <c r="G7" s="95"/>
+      <c r="G7" s="267"/>
       <c r="H7" s="58"/>
       <c r="I7" s="59"/>
       <c r="J7" s="59"/>
       <c r="K7" s="58"/>
       <c r="L7" s="59"/>
       <c r="M7" s="59"/>
       <c r="N7" s="58"/>
       <c r="O7" s="59"/>
       <c r="P7" s="59"/>
       <c r="Q7" s="58"/>
       <c r="R7" s="139"/>
       <c r="S7" s="59"/>
       <c r="T7" s="59"/>
       <c r="U7" s="59"/>
       <c r="V7" s="58"/>
       <c r="W7" s="139"/>
       <c r="X7" s="59"/>
       <c r="Y7" s="59"/>
       <c r="Z7" s="58"/>
       <c r="AA7" s="59"/>
       <c r="AB7" s="59"/>
       <c r="AC7" s="58"/>
       <c r="AD7" s="59"/>
       <c r="AE7" s="139"/>
       <c r="AF7" s="132"/>
@@ -19004,51 +19069,51 @@
       <c r="AY7" s="59"/>
       <c r="AZ7" s="58"/>
       <c r="BA7" s="59"/>
       <c r="BB7" s="59"/>
       <c r="BC7" s="59"/>
       <c r="BD7" s="58"/>
       <c r="BE7" s="59"/>
       <c r="BF7" s="59"/>
       <c r="BG7" s="58"/>
       <c r="BH7" s="59"/>
       <c r="BI7" s="59"/>
       <c r="BJ7" s="135"/>
       <c r="BK7" s="59"/>
       <c r="BL7" s="59"/>
       <c r="BM7" s="59"/>
       <c r="BN7" s="59"/>
       <c r="BO7" s="59"/>
       <c r="BP7" s="59"/>
       <c r="BQ7" s="59"/>
       <c r="BR7" s="105"/>
       <c r="BS7" s="107"/>
       <c r="BT7" s="59"/>
       <c r="BU7" s="136"/>
       <c r="BV7" s="150"/>
       <c r="BW7" s="137" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="BX7" s="112"/>
       <c r="BY7" s="59"/>
       <c r="BZ7" s="138"/>
       <c r="CA7" s="59"/>
       <c r="CB7" s="59"/>
       <c r="CC7" s="59"/>
       <c r="CD7" s="59"/>
       <c r="CE7" s="138"/>
       <c r="CF7" s="59"/>
       <c r="CG7" s="59"/>
       <c r="CH7" s="59"/>
       <c r="CI7" s="59"/>
       <c r="CJ7" s="59"/>
       <c r="CK7" s="59"/>
       <c r="CL7" s="59"/>
       <c r="CM7" s="59"/>
       <c r="CN7" s="59"/>
       <c r="CO7" s="138"/>
       <c r="CP7" s="59"/>
       <c r="CQ7" s="59"/>
       <c r="CR7" s="59"/>
       <c r="CS7" s="59"/>
       <c r="CT7" s="59"/>
       <c r="CU7" s="59"/>
@@ -19057,51 +19122,51 @@
       <c r="CX7" s="59"/>
       <c r="CY7" s="59"/>
       <c r="CZ7" s="59"/>
       <c r="DA7" s="138"/>
       <c r="DB7" s="59"/>
       <c r="DC7" s="59"/>
       <c r="DD7" s="59"/>
       <c r="DE7" s="59"/>
       <c r="DF7" s="59"/>
       <c r="DG7" s="59"/>
       <c r="DH7" s="59"/>
       <c r="DI7" s="59"/>
       <c r="DJ7" s="59"/>
       <c r="DK7" s="136"/>
       <c r="DL7" s="59"/>
       <c r="DM7" s="59"/>
       <c r="DN7" s="60"/>
     </row>
     <row r="8" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A8" s="71"/>
       <c r="B8" s="61"/>
       <c r="C8" s="62"/>
       <c r="D8" s="62"/>
       <c r="E8" s="132"/>
       <c r="F8" s="101"/>
-      <c r="G8" s="101"/>
+      <c r="G8" s="267"/>
       <c r="H8" s="61"/>
       <c r="I8" s="62"/>
       <c r="J8" s="62"/>
       <c r="K8" s="61"/>
       <c r="L8" s="62"/>
       <c r="M8" s="62"/>
       <c r="N8" s="61"/>
       <c r="O8" s="62"/>
       <c r="P8" s="62"/>
       <c r="Q8" s="61"/>
       <c r="R8" s="139"/>
       <c r="S8" s="62"/>
       <c r="T8" s="62"/>
       <c r="U8" s="62"/>
       <c r="V8" s="61"/>
       <c r="W8" s="139"/>
       <c r="X8" s="62"/>
       <c r="Y8" s="62"/>
       <c r="Z8" s="61"/>
       <c r="AA8" s="62"/>
       <c r="AB8" s="62"/>
       <c r="AC8" s="61"/>
       <c r="AD8" s="62"/>
       <c r="AE8" s="139"/>
       <c r="AF8" s="132"/>
@@ -19126,51 +19191,51 @@
       <c r="AY8" s="62"/>
       <c r="AZ8" s="61"/>
       <c r="BA8" s="62"/>
       <c r="BB8" s="62"/>
       <c r="BC8" s="62"/>
       <c r="BD8" s="61"/>
       <c r="BE8" s="62"/>
       <c r="BF8" s="62"/>
       <c r="BG8" s="61"/>
       <c r="BH8" s="62"/>
       <c r="BI8" s="62"/>
       <c r="BJ8" s="135"/>
       <c r="BK8" s="62"/>
       <c r="BL8" s="62"/>
       <c r="BM8" s="62"/>
       <c r="BN8" s="62"/>
       <c r="BO8" s="62"/>
       <c r="BP8" s="62"/>
       <c r="BQ8" s="62"/>
       <c r="BR8" s="105"/>
       <c r="BS8" s="107"/>
       <c r="BT8" s="62"/>
       <c r="BU8" s="136"/>
       <c r="BV8" s="151"/>
       <c r="BW8" s="140" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="BX8" s="112"/>
       <c r="BY8" s="62"/>
       <c r="BZ8" s="141"/>
       <c r="CA8" s="62"/>
       <c r="CB8" s="62"/>
       <c r="CC8" s="62"/>
       <c r="CD8" s="62"/>
       <c r="CE8" s="141"/>
       <c r="CF8" s="62"/>
       <c r="CG8" s="62"/>
       <c r="CH8" s="62"/>
       <c r="CI8" s="62"/>
       <c r="CJ8" s="62"/>
       <c r="CK8" s="62"/>
       <c r="CL8" s="62"/>
       <c r="CM8" s="62"/>
       <c r="CN8" s="62"/>
       <c r="CO8" s="141"/>
       <c r="CP8" s="62"/>
       <c r="CQ8" s="62"/>
       <c r="CR8" s="62"/>
       <c r="CS8" s="62"/>
       <c r="CT8" s="62"/>
       <c r="CU8" s="62"/>
@@ -19179,51 +19244,51 @@
       <c r="CX8" s="62"/>
       <c r="CY8" s="62"/>
       <c r="CZ8" s="62"/>
       <c r="DA8" s="141"/>
       <c r="DB8" s="62"/>
       <c r="DC8" s="62"/>
       <c r="DD8" s="62"/>
       <c r="DE8" s="62"/>
       <c r="DF8" s="62"/>
       <c r="DG8" s="62"/>
       <c r="DH8" s="62"/>
       <c r="DI8" s="62"/>
       <c r="DJ8" s="62"/>
       <c r="DK8" s="136"/>
       <c r="DL8" s="62"/>
       <c r="DM8" s="62"/>
       <c r="DN8" s="63"/>
     </row>
     <row r="9" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A9" s="70"/>
       <c r="B9" s="58"/>
       <c r="C9" s="59"/>
       <c r="D9" s="59"/>
       <c r="E9" s="132"/>
       <c r="F9" s="95"/>
-      <c r="G9" s="95"/>
+      <c r="G9" s="267"/>
       <c r="H9" s="58"/>
       <c r="I9" s="59"/>
       <c r="J9" s="59"/>
       <c r="K9" s="58"/>
       <c r="L9" s="59"/>
       <c r="M9" s="59"/>
       <c r="N9" s="58"/>
       <c r="O9" s="59"/>
       <c r="P9" s="59"/>
       <c r="Q9" s="58"/>
       <c r="R9" s="139"/>
       <c r="S9" s="59"/>
       <c r="T9" s="59"/>
       <c r="U9" s="59"/>
       <c r="V9" s="58"/>
       <c r="W9" s="139"/>
       <c r="X9" s="59"/>
       <c r="Y9" s="59"/>
       <c r="Z9" s="58"/>
       <c r="AA9" s="59"/>
       <c r="AB9" s="59"/>
       <c r="AC9" s="58"/>
       <c r="AD9" s="59"/>
       <c r="AE9" s="139"/>
       <c r="AF9" s="132"/>
@@ -19248,51 +19313,51 @@
       <c r="AY9" s="59"/>
       <c r="AZ9" s="58"/>
       <c r="BA9" s="59"/>
       <c r="BB9" s="59"/>
       <c r="BC9" s="59"/>
       <c r="BD9" s="58"/>
       <c r="BE9" s="59"/>
       <c r="BF9" s="59"/>
       <c r="BG9" s="58"/>
       <c r="BH9" s="59"/>
       <c r="BI9" s="59"/>
       <c r="BJ9" s="135"/>
       <c r="BK9" s="59"/>
       <c r="BL9" s="59"/>
       <c r="BM9" s="59"/>
       <c r="BN9" s="59"/>
       <c r="BO9" s="59"/>
       <c r="BP9" s="59"/>
       <c r="BQ9" s="59"/>
       <c r="BR9" s="105"/>
       <c r="BS9" s="107"/>
       <c r="BT9" s="59"/>
       <c r="BU9" s="142"/>
       <c r="BV9" s="110"/>
       <c r="BW9" s="137" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="BX9" s="111"/>
       <c r="BY9" s="59"/>
       <c r="BZ9" s="138"/>
       <c r="CA9" s="59"/>
       <c r="CB9" s="59"/>
       <c r="CC9" s="59"/>
       <c r="CD9" s="59"/>
       <c r="CE9" s="138"/>
       <c r="CF9" s="59"/>
       <c r="CG9" s="59"/>
       <c r="CH9" s="59"/>
       <c r="CI9" s="59"/>
       <c r="CJ9" s="59"/>
       <c r="CK9" s="59"/>
       <c r="CL9" s="59"/>
       <c r="CM9" s="59"/>
       <c r="CN9" s="59"/>
       <c r="CO9" s="138"/>
       <c r="CP9" s="59"/>
       <c r="CQ9" s="59"/>
       <c r="CR9" s="59"/>
       <c r="CS9" s="59"/>
       <c r="CT9" s="59"/>
       <c r="CU9" s="59"/>
@@ -19301,51 +19366,51 @@
       <c r="CX9" s="59"/>
       <c r="CY9" s="59"/>
       <c r="CZ9" s="59"/>
       <c r="DA9" s="138"/>
       <c r="DB9" s="59"/>
       <c r="DC9" s="59"/>
       <c r="DD9" s="59"/>
       <c r="DE9" s="59"/>
       <c r="DF9" s="59"/>
       <c r="DG9" s="59"/>
       <c r="DH9" s="59"/>
       <c r="DI9" s="59"/>
       <c r="DJ9" s="59"/>
       <c r="DK9" s="136"/>
       <c r="DL9" s="59"/>
       <c r="DM9" s="59"/>
       <c r="DN9" s="60"/>
     </row>
     <row r="10" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="71"/>
       <c r="B10" s="61"/>
       <c r="C10" s="62"/>
       <c r="D10" s="62"/>
       <c r="E10" s="132"/>
       <c r="F10" s="101"/>
-      <c r="G10" s="101"/>
+      <c r="G10" s="267"/>
       <c r="H10" s="61"/>
       <c r="I10" s="62"/>
       <c r="J10" s="62"/>
       <c r="K10" s="61"/>
       <c r="L10" s="62"/>
       <c r="M10" s="62"/>
       <c r="N10" s="61"/>
       <c r="O10" s="62"/>
       <c r="P10" s="62"/>
       <c r="Q10" s="61"/>
       <c r="R10" s="139"/>
       <c r="S10" s="62"/>
       <c r="T10" s="62"/>
       <c r="U10" s="62"/>
       <c r="V10" s="61"/>
       <c r="W10" s="139"/>
       <c r="X10" s="62"/>
       <c r="Y10" s="62"/>
       <c r="Z10" s="61"/>
       <c r="AA10" s="62"/>
       <c r="AB10" s="62"/>
       <c r="AC10" s="61"/>
       <c r="AD10" s="62"/>
       <c r="AE10" s="139"/>
       <c r="AF10" s="132"/>
@@ -19421,51 +19486,51 @@
       <c r="CX10" s="62"/>
       <c r="CY10" s="62"/>
       <c r="CZ10" s="62"/>
       <c r="DA10" s="141"/>
       <c r="DB10" s="62"/>
       <c r="DC10" s="62"/>
       <c r="DD10" s="62"/>
       <c r="DE10" s="62"/>
       <c r="DF10" s="62"/>
       <c r="DG10" s="62"/>
       <c r="DH10" s="62"/>
       <c r="DI10" s="62"/>
       <c r="DJ10" s="62"/>
       <c r="DK10" s="136"/>
       <c r="DL10" s="62"/>
       <c r="DM10" s="62"/>
       <c r="DN10" s="63"/>
     </row>
     <row r="11" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A11" s="70"/>
       <c r="B11" s="58"/>
       <c r="C11" s="59"/>
       <c r="D11" s="59"/>
       <c r="E11" s="132"/>
       <c r="F11" s="95"/>
-      <c r="G11" s="95"/>
+      <c r="G11" s="267"/>
       <c r="H11" s="58"/>
       <c r="I11" s="59"/>
       <c r="J11" s="59"/>
       <c r="K11" s="58"/>
       <c r="L11" s="59"/>
       <c r="M11" s="59"/>
       <c r="N11" s="58"/>
       <c r="O11" s="59"/>
       <c r="P11" s="59"/>
       <c r="Q11" s="58"/>
       <c r="R11" s="139"/>
       <c r="S11" s="59"/>
       <c r="T11" s="59"/>
       <c r="U11" s="59"/>
       <c r="V11" s="58"/>
       <c r="W11" s="139"/>
       <c r="X11" s="59"/>
       <c r="Y11" s="59"/>
       <c r="Z11" s="58"/>
       <c r="AA11" s="59"/>
       <c r="AB11" s="59"/>
       <c r="AC11" s="58"/>
       <c r="AD11" s="59"/>
       <c r="AE11" s="139"/>
       <c r="AF11" s="132"/>
@@ -19541,51 +19606,51 @@
       <c r="CX11" s="59"/>
       <c r="CY11" s="59"/>
       <c r="CZ11" s="59"/>
       <c r="DA11" s="138"/>
       <c r="DB11" s="59"/>
       <c r="DC11" s="59"/>
       <c r="DD11" s="59"/>
       <c r="DE11" s="59"/>
       <c r="DF11" s="59"/>
       <c r="DG11" s="59"/>
       <c r="DH11" s="59"/>
       <c r="DI11" s="59"/>
       <c r="DJ11" s="59"/>
       <c r="DK11" s="136"/>
       <c r="DL11" s="59"/>
       <c r="DM11" s="59"/>
       <c r="DN11" s="60"/>
     </row>
     <row r="12" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="71"/>
       <c r="B12" s="61"/>
       <c r="C12" s="62"/>
       <c r="D12" s="62"/>
       <c r="E12" s="132"/>
       <c r="F12" s="101"/>
-      <c r="G12" s="101"/>
+      <c r="G12" s="267"/>
       <c r="H12" s="61"/>
       <c r="I12" s="62"/>
       <c r="J12" s="62"/>
       <c r="K12" s="61"/>
       <c r="L12" s="62"/>
       <c r="M12" s="62"/>
       <c r="N12" s="61"/>
       <c r="O12" s="62"/>
       <c r="P12" s="62"/>
       <c r="Q12" s="61"/>
       <c r="R12" s="139"/>
       <c r="S12" s="62"/>
       <c r="T12" s="62"/>
       <c r="U12" s="62"/>
       <c r="V12" s="61"/>
       <c r="W12" s="139"/>
       <c r="X12" s="62"/>
       <c r="Y12" s="62"/>
       <c r="Z12" s="61"/>
       <c r="AA12" s="62"/>
       <c r="AB12" s="62"/>
       <c r="AC12" s="61"/>
       <c r="AD12" s="62"/>
       <c r="AE12" s="139"/>
       <c r="AF12" s="132"/>
@@ -19661,51 +19726,51 @@
       <c r="CX12" s="62"/>
       <c r="CY12" s="62"/>
       <c r="CZ12" s="62"/>
       <c r="DA12" s="141"/>
       <c r="DB12" s="62"/>
       <c r="DC12" s="62"/>
       <c r="DD12" s="62"/>
       <c r="DE12" s="62"/>
       <c r="DF12" s="62"/>
       <c r="DG12" s="62"/>
       <c r="DH12" s="62"/>
       <c r="DI12" s="62"/>
       <c r="DJ12" s="62"/>
       <c r="DK12" s="136"/>
       <c r="DL12" s="62"/>
       <c r="DM12" s="62"/>
       <c r="DN12" s="63"/>
     </row>
     <row r="13" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="70"/>
       <c r="B13" s="58"/>
       <c r="C13" s="59"/>
       <c r="D13" s="59"/>
       <c r="E13" s="132"/>
       <c r="F13" s="95"/>
-      <c r="G13" s="95"/>
+      <c r="G13" s="267"/>
       <c r="H13" s="58"/>
       <c r="I13" s="59"/>
       <c r="J13" s="59"/>
       <c r="K13" s="58"/>
       <c r="L13" s="59"/>
       <c r="M13" s="59"/>
       <c r="N13" s="58"/>
       <c r="O13" s="59"/>
       <c r="P13" s="59"/>
       <c r="Q13" s="58"/>
       <c r="R13" s="139"/>
       <c r="S13" s="59"/>
       <c r="T13" s="59"/>
       <c r="U13" s="59"/>
       <c r="V13" s="58"/>
       <c r="W13" s="139"/>
       <c r="X13" s="59"/>
       <c r="Y13" s="59"/>
       <c r="Z13" s="58"/>
       <c r="AA13" s="59"/>
       <c r="AB13" s="59"/>
       <c r="AC13" s="58"/>
       <c r="AD13" s="59"/>
       <c r="AE13" s="139"/>
       <c r="AF13" s="132"/>
@@ -19781,51 +19846,51 @@
       <c r="CX13" s="59"/>
       <c r="CY13" s="59"/>
       <c r="CZ13" s="59"/>
       <c r="DA13" s="138"/>
       <c r="DB13" s="59"/>
       <c r="DC13" s="59"/>
       <c r="DD13" s="59"/>
       <c r="DE13" s="59"/>
       <c r="DF13" s="59"/>
       <c r="DG13" s="59"/>
       <c r="DH13" s="59"/>
       <c r="DI13" s="59"/>
       <c r="DJ13" s="59"/>
       <c r="DK13" s="136"/>
       <c r="DL13" s="59"/>
       <c r="DM13" s="59"/>
       <c r="DN13" s="60"/>
     </row>
     <row r="14" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A14" s="74"/>
       <c r="B14" s="61"/>
       <c r="C14" s="62"/>
       <c r="D14" s="62"/>
       <c r="E14" s="132"/>
       <c r="F14" s="101"/>
-      <c r="G14" s="101"/>
+      <c r="G14" s="267"/>
       <c r="H14" s="61"/>
       <c r="I14" s="62"/>
       <c r="J14" s="62"/>
       <c r="K14" s="61"/>
       <c r="L14" s="62"/>
       <c r="M14" s="62"/>
       <c r="N14" s="61"/>
       <c r="O14" s="62"/>
       <c r="P14" s="62"/>
       <c r="Q14" s="61"/>
       <c r="R14" s="139"/>
       <c r="S14" s="62"/>
       <c r="T14" s="62"/>
       <c r="U14" s="62"/>
       <c r="V14" s="61"/>
       <c r="W14" s="139"/>
       <c r="X14" s="62"/>
       <c r="Y14" s="62"/>
       <c r="Z14" s="61"/>
       <c r="AA14" s="62"/>
       <c r="AB14" s="62"/>
       <c r="AC14" s="61"/>
       <c r="AD14" s="62"/>
       <c r="AE14" s="139"/>
       <c r="AF14" s="132"/>
@@ -19901,51 +19966,51 @@
       <c r="CX14" s="62"/>
       <c r="CY14" s="62"/>
       <c r="CZ14" s="62"/>
       <c r="DA14" s="141"/>
       <c r="DB14" s="62"/>
       <c r="DC14" s="62"/>
       <c r="DD14" s="62"/>
       <c r="DE14" s="62"/>
       <c r="DF14" s="62"/>
       <c r="DG14" s="62"/>
       <c r="DH14" s="62"/>
       <c r="DI14" s="62"/>
       <c r="DJ14" s="62"/>
       <c r="DK14" s="136"/>
       <c r="DL14" s="62"/>
       <c r="DM14" s="62"/>
       <c r="DN14" s="63"/>
     </row>
     <row r="15" spans="1:118" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A15" s="152"/>
       <c r="B15" s="58"/>
       <c r="C15" s="59"/>
       <c r="D15" s="59"/>
       <c r="E15" s="132"/>
       <c r="F15" s="95"/>
-      <c r="G15" s="95"/>
+      <c r="G15" s="267"/>
       <c r="H15" s="58"/>
       <c r="I15" s="59"/>
       <c r="J15" s="59"/>
       <c r="K15" s="58"/>
       <c r="L15" s="59"/>
       <c r="M15" s="59"/>
       <c r="N15" s="58"/>
       <c r="O15" s="59"/>
       <c r="P15" s="59"/>
       <c r="Q15" s="58"/>
       <c r="R15" s="139"/>
       <c r="S15" s="59"/>
       <c r="T15" s="59"/>
       <c r="U15" s="59"/>
       <c r="V15" s="58"/>
       <c r="W15" s="139"/>
       <c r="X15" s="59"/>
       <c r="Y15" s="59"/>
       <c r="Z15" s="58"/>
       <c r="AA15" s="59"/>
       <c r="AB15" s="59"/>
       <c r="AC15" s="58"/>
       <c r="AD15" s="59"/>
       <c r="AE15" s="139"/>
       <c r="AF15" s="132"/>
@@ -20016,58 +20081,58 @@
       <c r="CS15" s="59"/>
       <c r="CT15" s="59"/>
       <c r="CU15" s="59"/>
       <c r="CV15" s="59"/>
       <c r="CW15" s="138"/>
       <c r="CX15" s="59"/>
       <c r="CY15" s="59"/>
       <c r="CZ15" s="59"/>
       <c r="DA15" s="138"/>
       <c r="DB15" s="59"/>
       <c r="DC15" s="59"/>
       <c r="DD15" s="59"/>
       <c r="DE15" s="59"/>
       <c r="DF15" s="59"/>
       <c r="DG15" s="59"/>
       <c r="DH15" s="59"/>
       <c r="DI15" s="59"/>
       <c r="DJ15" s="59"/>
       <c r="DK15" s="136"/>
       <c r="DL15" s="59"/>
       <c r="DM15" s="59"/>
       <c r="DN15" s="60"/>
     </row>
     <row r="16" spans="1:118" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A16" s="72" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B16" s="61"/>
       <c r="C16" s="62"/>
       <c r="D16" s="62"/>
       <c r="E16" s="136"/>
       <c r="F16" s="97"/>
-      <c r="G16" s="97"/>
+      <c r="G16" s="268"/>
       <c r="H16" s="61"/>
       <c r="I16" s="62"/>
       <c r="J16" s="62"/>
       <c r="K16" s="61"/>
       <c r="L16" s="62"/>
       <c r="M16" s="62"/>
       <c r="N16" s="61"/>
       <c r="O16" s="62"/>
       <c r="P16" s="62"/>
       <c r="Q16" s="61"/>
       <c r="R16" s="139"/>
       <c r="S16" s="62"/>
       <c r="T16" s="62"/>
       <c r="U16" s="62"/>
       <c r="V16" s="61"/>
       <c r="W16" s="139"/>
       <c r="X16" s="62"/>
       <c r="Y16" s="62"/>
       <c r="Z16" s="61"/>
       <c r="AA16" s="62"/>
       <c r="AB16" s="62"/>
       <c r="AC16" s="61"/>
       <c r="AD16" s="62"/>
       <c r="AE16" s="139"/>
       <c r="AF16" s="136"/>
@@ -20138,67 +20203,67 @@
       <c r="CS16" s="62"/>
       <c r="CT16" s="62"/>
       <c r="CU16" s="62"/>
       <c r="CV16" s="62"/>
       <c r="CW16" s="141"/>
       <c r="CX16" s="62"/>
       <c r="CY16" s="62"/>
       <c r="CZ16" s="62"/>
       <c r="DA16" s="141"/>
       <c r="DB16" s="62"/>
       <c r="DC16" s="62"/>
       <c r="DD16" s="62"/>
       <c r="DE16" s="62"/>
       <c r="DF16" s="62"/>
       <c r="DG16" s="62"/>
       <c r="DH16" s="62"/>
       <c r="DI16" s="62"/>
       <c r="DJ16" s="62"/>
       <c r="DK16" s="136"/>
       <c r="DL16" s="62"/>
       <c r="DM16" s="62"/>
       <c r="DN16" s="63"/>
     </row>
     <row r="17" spans="1:119" s="12" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A17" s="73" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="C17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="D17" s="64">
         <f ca="1">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="E17" s="144"/>
       <c r="F17" s="99"/>
-      <c r="G17" s="99"/>
+      <c r="G17" s="269"/>
       <c r="H17" s="64">
         <f t="shared" ref="H17:Q17" ca="1" si="0">SUM(INDIRECT(ADDRESS(1,COLUMN())&amp;":"&amp;ADDRESS(ROW()-1,COLUMN())))</f>
         <v>0</v>
       </c>
       <c r="I17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="J17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="K17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="L17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="M17" s="64">
         <f t="shared" ca="1" si="0"/>
         <v>0</v>
       </c>
       <c r="N17" s="64">
@@ -20678,64 +20743,64 @@
       <c r="CR18" s="20"/>
       <c r="CS18" s="20"/>
       <c r="CT18" s="20"/>
       <c r="CU18" s="20"/>
       <c r="CV18" s="20"/>
       <c r="CW18" s="20"/>
       <c r="CX18" s="20"/>
       <c r="CY18" s="20"/>
       <c r="CZ18" s="20"/>
       <c r="DA18" s="20"/>
       <c r="DB18" s="20"/>
       <c r="DC18" s="20"/>
       <c r="DD18" s="20"/>
       <c r="DE18" s="20"/>
       <c r="DF18" s="20"/>
       <c r="DG18" s="20"/>
       <c r="DH18" s="20"/>
       <c r="DI18" s="20"/>
       <c r="DJ18" s="20"/>
       <c r="DK18" s="15"/>
       <c r="DL18" s="20"/>
       <c r="DM18" s="20"/>
       <c r="DN18" s="20"/>
     </row>
     <row r="19" spans="1:119" ht="116.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B19" s="209" t="s">
-[...3 lines deleted...]
-      <c r="D19" s="298">
+      <c r="B19" s="200" t="s">
+        <v>217</v>
+      </c>
+      <c r="C19" s="160"/>
+      <c r="D19" s="262">
         <f ca="1">SUM(B17,D17)</f>
         <v>0</v>
       </c>
-      <c r="E19" s="168" t="s">
-[...4 lines deleted...]
-      <c r="H19" s="285"/>
+      <c r="E19" s="163" t="s">
+        <v>218</v>
+      </c>
+      <c r="F19" s="163"/>
+      <c r="G19" s="163"/>
+      <c r="H19" s="249"/>
       <c r="I19" s="11"/>
       <c r="J19" s="11"/>
       <c r="K19" s="11"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19" s="11"/>
       <c r="O19" s="11"/>
       <c r="P19" s="11"/>
       <c r="Q19" s="24"/>
       <c r="R19" s="11"/>
       <c r="S19" s="11"/>
       <c r="T19" s="11"/>
       <c r="U19" s="11"/>
       <c r="V19" s="24"/>
       <c r="W19" s="11"/>
       <c r="X19" s="11"/>
       <c r="Y19" s="11"/>
       <c r="Z19" s="11"/>
       <c r="AA19" s="11"/>
       <c r="AB19" s="11"/>
       <c r="AC19" s="11"/>
       <c r="AD19" s="24"/>
       <c r="AG19" s="11"/>
       <c r="AH19" s="11"/>
       <c r="AI19" s="11"/>
@@ -20750,568 +20815,568 @@
       <c r="AR19" s="11"/>
       <c r="AS19" s="11"/>
       <c r="AT19" s="11"/>
       <c r="AU19" s="11"/>
       <c r="AV19" s="11"/>
       <c r="AW19" s="11"/>
       <c r="AX19" s="11"/>
       <c r="AY19" s="11"/>
       <c r="AZ19" s="11"/>
       <c r="BA19" s="11"/>
       <c r="BB19" s="11"/>
       <c r="BC19" s="11"/>
       <c r="BD19" s="11"/>
       <c r="BE19" s="11"/>
       <c r="BF19" s="11"/>
       <c r="BG19" s="11"/>
       <c r="BH19" s="11"/>
       <c r="BI19" s="11"/>
       <c r="BK19" s="12"/>
       <c r="BL19" s="12"/>
       <c r="BM19" s="12"/>
       <c r="BN19" s="12"/>
       <c r="BO19" s="12"/>
       <c r="BP19" s="12"/>
       <c r="BQ19" s="24"/>
-      <c r="BT19" s="256" t="s">
-        <v>147</v>
+      <c r="BT19" s="282" t="s">
+        <v>219</v>
       </c>
       <c r="BU19" s="25"/>
       <c r="BV19" s="25"/>
       <c r="BY19" s="12"/>
       <c r="BZ19" s="12"/>
       <c r="CA19" s="12"/>
       <c r="CB19" s="12"/>
       <c r="CC19" s="12"/>
       <c r="CD19" s="12"/>
       <c r="CE19" s="12"/>
       <c r="CF19" s="12"/>
       <c r="CG19" s="12"/>
       <c r="CH19" s="12"/>
       <c r="CI19" s="12"/>
       <c r="CJ19" s="12"/>
       <c r="CK19" s="12"/>
       <c r="CL19" s="12"/>
       <c r="CM19" s="12"/>
       <c r="CN19" s="12"/>
       <c r="CO19" s="12"/>
       <c r="CP19" s="12"/>
       <c r="CQ19" s="12"/>
       <c r="CR19" s="12"/>
       <c r="CS19" s="12"/>
       <c r="CT19" s="12"/>
       <c r="CU19" s="12"/>
       <c r="CV19" s="12"/>
       <c r="CW19" s="12"/>
       <c r="CX19" s="12"/>
       <c r="CY19" s="12"/>
       <c r="CZ19" s="12"/>
       <c r="DA19" s="12"/>
       <c r="DB19" s="12"/>
       <c r="DC19" s="12"/>
       <c r="DD19" s="12"/>
       <c r="DE19" s="12"/>
       <c r="DF19" s="12"/>
       <c r="DG19" s="12"/>
       <c r="DH19" s="12"/>
       <c r="DI19" s="12"/>
       <c r="DJ19" s="11"/>
       <c r="DL19" s="11"/>
       <c r="DM19" s="11"/>
     </row>
     <row r="20" spans="1:119" s="26" customFormat="1" x14ac:dyDescent="0.45">
-      <c r="B20" s="165"/>
-[...5 lines deleted...]
-      <c r="H20" s="286"/>
+      <c r="B20" s="160"/>
+      <c r="C20" s="160"/>
+      <c r="D20" s="202"/>
+      <c r="E20" s="164"/>
+      <c r="F20" s="164"/>
+      <c r="G20" s="164"/>
+      <c r="H20" s="250"/>
       <c r="I20" s="12"/>
       <c r="J20" s="12"/>
       <c r="K20" s="14"/>
       <c r="L20" s="14"/>
       <c r="M20" s="14"/>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
       <c r="P20" s="14"/>
       <c r="Q20" s="14"/>
       <c r="R20" s="14"/>
       <c r="S20" s="14"/>
       <c r="T20" s="14"/>
       <c r="U20" s="14"/>
       <c r="V20" s="14"/>
       <c r="W20" s="14"/>
       <c r="X20" s="14"/>
       <c r="Y20" s="14"/>
       <c r="Z20" s="14"/>
       <c r="AA20" s="14"/>
       <c r="AE20" s="27" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="AF20" s="28"/>
       <c r="AG20" s="28"/>
       <c r="AH20" s="14"/>
       <c r="AI20" s="14"/>
       <c r="AJ20" s="14"/>
       <c r="AK20" s="14"/>
       <c r="AL20" s="14"/>
       <c r="AM20" s="14"/>
       <c r="AN20" s="14"/>
       <c r="AO20" s="14"/>
       <c r="AP20" s="14"/>
       <c r="AQ20" s="14"/>
       <c r="AR20" s="14"/>
       <c r="AS20" s="14"/>
       <c r="AT20" s="14"/>
       <c r="AU20" s="14"/>
       <c r="AV20" s="14"/>
       <c r="AW20" s="14"/>
       <c r="AX20" s="14"/>
       <c r="AY20" s="14"/>
       <c r="AZ20" s="14"/>
       <c r="BA20" s="14"/>
       <c r="BB20" s="14"/>
       <c r="BC20" s="14"/>
       <c r="BD20" s="14"/>
       <c r="BE20" s="14"/>
       <c r="BF20" s="14"/>
-      <c r="BH20" s="259" t="s">
-[...2 lines deleted...]
-      <c r="BI20" s="262">
+      <c r="BH20" s="274" t="s">
+        <v>157</v>
+      </c>
+      <c r="BI20" s="277">
         <f>SUM(BI5:BI16)</f>
         <v>0</v>
       </c>
       <c r="BK20" s="14"/>
       <c r="BL20" s="14"/>
       <c r="BM20" s="14"/>
       <c r="BN20" s="14"/>
       <c r="BO20" s="14"/>
       <c r="BP20" s="14"/>
       <c r="BQ20" s="14"/>
       <c r="BR20" s="11"/>
-      <c r="BT20" s="257"/>
+      <c r="BT20" s="283"/>
       <c r="BU20" s="25"/>
       <c r="BV20" s="25"/>
-      <c r="BY20" s="248" t="s">
-[...23 lines deleted...]
-      <c r="CG20" s="244" t="s">
+      <c r="BY20" s="284" t="s">
         <v>158</v>
       </c>
-      <c r="CH20" s="244" t="s">
+      <c r="BZ20" s="286" t="s">
         <v>159</v>
       </c>
-      <c r="CI20" s="242" t="s">
+      <c r="CA20" s="280" t="s">
         <v>160</v>
       </c>
-      <c r="CJ20" s="244" t="s">
+      <c r="CB20" s="288" t="s">
         <v>161</v>
       </c>
-      <c r="CK20" s="244" t="s">
+      <c r="CC20" s="280" t="s">
         <v>162</v>
       </c>
-      <c r="CL20" s="244" t="s">
+      <c r="CD20" s="290" t="s">
         <v>163</v>
       </c>
-      <c r="CM20" s="244" t="s">
+      <c r="CE20" s="286" t="s">
         <v>164</v>
       </c>
-      <c r="CN20" s="250" t="s">
+      <c r="CF20" s="280" t="s">
         <v>165</v>
       </c>
-      <c r="CO20" s="242" t="s">
+      <c r="CG20" s="280" t="s">
         <v>166</v>
       </c>
-      <c r="CP20" s="242" t="s">
+      <c r="CH20" s="280" t="s">
         <v>167</v>
       </c>
-      <c r="CQ20" s="242" t="s">
+      <c r="CI20" s="286" t="s">
         <v>168</v>
       </c>
-      <c r="CR20" s="242" t="s">
+      <c r="CJ20" s="280" t="s">
         <v>169</v>
       </c>
-      <c r="CS20" s="242" t="s">
+      <c r="CK20" s="280" t="s">
         <v>170</v>
       </c>
-      <c r="CT20" s="242" t="s">
+      <c r="CL20" s="280" t="s">
         <v>171</v>
       </c>
-      <c r="CU20" s="244" t="s">
+      <c r="CM20" s="280" t="s">
         <v>172</v>
       </c>
-      <c r="CV20" s="248" t="s">
+      <c r="CN20" s="290" t="s">
         <v>173</v>
       </c>
-      <c r="CW20" s="242" t="s">
+      <c r="CO20" s="286" t="s">
         <v>174</v>
       </c>
-      <c r="CX20" s="242" t="s">
+      <c r="CP20" s="286" t="s">
         <v>175</v>
       </c>
-      <c r="CY20" s="246" t="s">
+      <c r="CQ20" s="286" t="s">
         <v>176</v>
       </c>
-      <c r="CZ20" s="248" t="s">
+      <c r="CR20" s="286" t="s">
         <v>177</v>
       </c>
-      <c r="DA20" s="246" t="s">
+      <c r="CS20" s="286" t="s">
         <v>178</v>
       </c>
-      <c r="DB20" s="246" t="s">
+      <c r="CT20" s="286" t="s">
         <v>179</v>
       </c>
-      <c r="DC20" s="246" t="s">
+      <c r="CU20" s="280" t="s">
         <v>180</v>
       </c>
-      <c r="DD20" s="246" t="s">
+      <c r="CV20" s="284" t="s">
         <v>181</v>
       </c>
-      <c r="DE20" s="246" t="s">
+      <c r="CW20" s="286" t="s">
         <v>182</v>
       </c>
-      <c r="DF20" s="246" t="s">
+      <c r="CX20" s="286" t="s">
         <v>183</v>
       </c>
-      <c r="DG20" s="246" t="s">
+      <c r="CY20" s="292" t="s">
         <v>184</v>
       </c>
-      <c r="DH20" s="246" t="s">
+      <c r="CZ20" s="284" t="s">
         <v>185</v>
       </c>
-      <c r="DI20" s="246" t="s">
+      <c r="DA20" s="292" t="s">
         <v>186</v>
       </c>
-      <c r="DJ20" s="242" t="s">
+      <c r="DB20" s="292" t="s">
         <v>187</v>
       </c>
+      <c r="DC20" s="292" t="s">
+        <v>188</v>
+      </c>
+      <c r="DD20" s="292" t="s">
+        <v>189</v>
+      </c>
+      <c r="DE20" s="292" t="s">
+        <v>190</v>
+      </c>
+      <c r="DF20" s="292" t="s">
+        <v>191</v>
+      </c>
+      <c r="DG20" s="292" t="s">
+        <v>192</v>
+      </c>
+      <c r="DH20" s="292" t="s">
+        <v>193</v>
+      </c>
+      <c r="DI20" s="292" t="s">
+        <v>194</v>
+      </c>
+      <c r="DJ20" s="286" t="s">
+        <v>195</v>
+      </c>
       <c r="DK20" s="25"/>
-      <c r="DL20" s="238" t="s">
-[...6 lines deleted...]
-        <v>190</v>
+      <c r="DL20" s="294" t="s">
+        <v>196</v>
+      </c>
+      <c r="DM20" s="296" t="s">
+        <v>197</v>
+      </c>
+      <c r="DN20" s="294" t="s">
+        <v>198</v>
       </c>
     </row>
-    <row r="21" spans="1:119" ht="18.5" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="H21" s="286"/>
+    <row r="21" spans="1:119" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B21" s="160"/>
+      <c r="C21" s="160"/>
+      <c r="D21" s="202"/>
+      <c r="E21" s="164"/>
+      <c r="F21" s="164"/>
+      <c r="G21" s="164"/>
+      <c r="H21" s="250"/>
       <c r="I21" s="29"/>
       <c r="J21" s="29"/>
       <c r="K21" s="26"/>
       <c r="L21" s="26"/>
       <c r="M21" s="26"/>
       <c r="N21" s="26"/>
       <c r="O21" s="26"/>
       <c r="P21" s="26"/>
       <c r="Q21" s="26"/>
       <c r="R21" s="26"/>
       <c r="S21" s="26"/>
       <c r="T21" s="26"/>
       <c r="U21" s="26"/>
       <c r="V21" s="26"/>
       <c r="W21" s="26"/>
       <c r="X21" s="26"/>
       <c r="Y21" s="26"/>
       <c r="Z21" s="26"/>
       <c r="AA21" s="26"/>
-      <c r="AE21" s="226"/>
+      <c r="AE21" s="217"/>
       <c r="AF21" s="30"/>
       <c r="AG21" s="30"/>
       <c r="AH21" s="26"/>
       <c r="AI21" s="26"/>
       <c r="AJ21" s="26"/>
       <c r="AK21" s="26"/>
       <c r="AL21" s="26"/>
       <c r="AM21" s="26"/>
       <c r="AN21" s="26"/>
       <c r="AO21" s="26"/>
       <c r="AP21" s="26"/>
       <c r="AQ21" s="26"/>
       <c r="AR21" s="26"/>
       <c r="AS21" s="26"/>
       <c r="AT21" s="26"/>
       <c r="AU21" s="26"/>
       <c r="AV21" s="26"/>
       <c r="AW21" s="26"/>
       <c r="AX21" s="26"/>
       <c r="AY21" s="26"/>
       <c r="AZ21" s="26"/>
       <c r="BA21" s="26"/>
       <c r="BB21" s="26"/>
       <c r="BC21" s="26"/>
       <c r="BD21" s="26"/>
       <c r="BE21" s="26"/>
       <c r="BF21" s="26"/>
-      <c r="BH21" s="260"/>
-      <c r="BI21" s="263"/>
+      <c r="BH21" s="275"/>
+      <c r="BI21" s="278"/>
       <c r="BK21" s="26"/>
       <c r="BL21" s="26"/>
       <c r="BM21" s="26"/>
       <c r="BN21" s="26"/>
       <c r="BO21" s="26"/>
       <c r="BP21" s="26"/>
       <c r="BQ21" s="31"/>
       <c r="BR21" s="31"/>
-      <c r="BT21" s="257"/>
+      <c r="BT21" s="283"/>
       <c r="BU21" s="25"/>
       <c r="BV21" s="25"/>
-      <c r="BY21" s="249"/>
-[...36 lines deleted...]
-      <c r="DJ21" s="243"/>
+      <c r="BY21" s="285"/>
+      <c r="BZ21" s="287"/>
+      <c r="CA21" s="281"/>
+      <c r="CB21" s="289"/>
+      <c r="CC21" s="281"/>
+      <c r="CD21" s="291"/>
+      <c r="CE21" s="287"/>
+      <c r="CF21" s="281"/>
+      <c r="CG21" s="281"/>
+      <c r="CH21" s="281"/>
+      <c r="CI21" s="287"/>
+      <c r="CJ21" s="281"/>
+      <c r="CK21" s="281"/>
+      <c r="CL21" s="281"/>
+      <c r="CM21" s="281"/>
+      <c r="CN21" s="291"/>
+      <c r="CO21" s="287"/>
+      <c r="CP21" s="287"/>
+      <c r="CQ21" s="287"/>
+      <c r="CR21" s="287"/>
+      <c r="CS21" s="287"/>
+      <c r="CT21" s="287"/>
+      <c r="CU21" s="281"/>
+      <c r="CV21" s="285"/>
+      <c r="CW21" s="287"/>
+      <c r="CX21" s="287"/>
+      <c r="CY21" s="293"/>
+      <c r="CZ21" s="285"/>
+      <c r="DA21" s="293"/>
+      <c r="DB21" s="293"/>
+      <c r="DC21" s="293"/>
+      <c r="DD21" s="293"/>
+      <c r="DE21" s="293"/>
+      <c r="DF21" s="293"/>
+      <c r="DG21" s="293"/>
+      <c r="DH21" s="293"/>
+      <c r="DI21" s="293"/>
+      <c r="DJ21" s="287"/>
       <c r="DK21" s="88"/>
-      <c r="DL21" s="239"/>
-[...1 lines deleted...]
-      <c r="DN21" s="239"/>
+      <c r="DL21" s="295"/>
+      <c r="DM21" s="297"/>
+      <c r="DN21" s="295"/>
     </row>
     <row r="22" spans="1:119" ht="58.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B22" s="165"/>
-[...5 lines deleted...]
-      <c r="H22" s="288"/>
+      <c r="B22" s="160"/>
+      <c r="C22" s="160"/>
+      <c r="D22" s="202"/>
+      <c r="E22" s="165"/>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="252"/>
       <c r="I22" s="29"/>
       <c r="J22" s="29"/>
-      <c r="AE22" s="226" t="s">
-        <v>191</v>
+      <c r="AE22" s="217" t="s">
+        <v>156</v>
       </c>
       <c r="AF22" s="30"/>
       <c r="AG22" s="30"/>
-      <c r="BH22" s="260"/>
-      <c r="BI22" s="263"/>
+      <c r="BH22" s="275"/>
+      <c r="BI22" s="278"/>
       <c r="BQ22" s="31"/>
       <c r="BR22" s="82"/>
       <c r="BS22" s="11"/>
-      <c r="BT22" s="257"/>
+      <c r="BT22" s="283"/>
       <c r="BU22" s="25"/>
       <c r="BV22" s="25"/>
-      <c r="BY22" s="249"/>
-[...36 lines deleted...]
-      <c r="DJ22" s="243"/>
+      <c r="BY22" s="285"/>
+      <c r="BZ22" s="287"/>
+      <c r="CA22" s="281"/>
+      <c r="CB22" s="289"/>
+      <c r="CC22" s="281"/>
+      <c r="CD22" s="291"/>
+      <c r="CE22" s="287"/>
+      <c r="CF22" s="281"/>
+      <c r="CG22" s="281"/>
+      <c r="CH22" s="281"/>
+      <c r="CI22" s="287"/>
+      <c r="CJ22" s="281"/>
+      <c r="CK22" s="281"/>
+      <c r="CL22" s="281"/>
+      <c r="CM22" s="281"/>
+      <c r="CN22" s="291"/>
+      <c r="CO22" s="287"/>
+      <c r="CP22" s="287"/>
+      <c r="CQ22" s="287"/>
+      <c r="CR22" s="287"/>
+      <c r="CS22" s="287"/>
+      <c r="CT22" s="287"/>
+      <c r="CU22" s="281"/>
+      <c r="CV22" s="285"/>
+      <c r="CW22" s="287"/>
+      <c r="CX22" s="287"/>
+      <c r="CY22" s="293"/>
+      <c r="CZ22" s="285"/>
+      <c r="DA22" s="293"/>
+      <c r="DB22" s="293"/>
+      <c r="DC22" s="293"/>
+      <c r="DD22" s="293"/>
+      <c r="DE22" s="293"/>
+      <c r="DF22" s="293"/>
+      <c r="DG22" s="293"/>
+      <c r="DH22" s="293"/>
+      <c r="DI22" s="293"/>
+      <c r="DJ22" s="287"/>
       <c r="DK22" s="88"/>
-      <c r="DL22" s="239"/>
-[...1 lines deleted...]
-      <c r="DN22" s="239"/>
+      <c r="DL22" s="295"/>
+      <c r="DM22" s="297"/>
+      <c r="DN22" s="295"/>
     </row>
     <row r="23" spans="1:119" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B23" s="32"/>
       <c r="C23" s="32"/>
       <c r="D23" s="88"/>
       <c r="E23" s="79"/>
       <c r="F23" s="79"/>
       <c r="G23" s="79"/>
       <c r="H23" s="80"/>
       <c r="I23" s="29"/>
       <c r="J23" s="29"/>
       <c r="AE23" s="48" t="str">
         <f ca="1">IF(R17&lt;&gt;D29,"No",IF(W17&lt;&gt;D29,"No",IF(AE17&lt;&gt;D29,"No","Yes")))</f>
         <v>Yes</v>
       </c>
       <c r="AF23" s="34"/>
       <c r="AG23" s="34"/>
-      <c r="BH23" s="260"/>
-      <c r="BI23" s="263"/>
+      <c r="BH23" s="275"/>
+      <c r="BI23" s="278"/>
       <c r="BQ23" s="35"/>
       <c r="BR23" s="83"/>
       <c r="BS23" s="11"/>
-      <c r="BT23" s="254">
+      <c r="BT23" s="298">
         <f ca="1">BT17</f>
         <v>0</v>
       </c>
       <c r="BU23" s="88"/>
       <c r="BV23" s="88"/>
-      <c r="BY23" s="249"/>
-[...36 lines deleted...]
-      <c r="DJ23" s="243"/>
+      <c r="BY23" s="285"/>
+      <c r="BZ23" s="287"/>
+      <c r="CA23" s="281"/>
+      <c r="CB23" s="289"/>
+      <c r="CC23" s="281"/>
+      <c r="CD23" s="291"/>
+      <c r="CE23" s="287"/>
+      <c r="CF23" s="281"/>
+      <c r="CG23" s="281"/>
+      <c r="CH23" s="281"/>
+      <c r="CI23" s="287"/>
+      <c r="CJ23" s="281"/>
+      <c r="CK23" s="281"/>
+      <c r="CL23" s="281"/>
+      <c r="CM23" s="281"/>
+      <c r="CN23" s="291"/>
+      <c r="CO23" s="287"/>
+      <c r="CP23" s="287"/>
+      <c r="CQ23" s="287"/>
+      <c r="CR23" s="287"/>
+      <c r="CS23" s="287"/>
+      <c r="CT23" s="287"/>
+      <c r="CU23" s="281"/>
+      <c r="CV23" s="285"/>
+      <c r="CW23" s="287"/>
+      <c r="CX23" s="287"/>
+      <c r="CY23" s="293"/>
+      <c r="CZ23" s="285"/>
+      <c r="DA23" s="293"/>
+      <c r="DB23" s="293"/>
+      <c r="DC23" s="293"/>
+      <c r="DD23" s="293"/>
+      <c r="DE23" s="293"/>
+      <c r="DF23" s="293"/>
+      <c r="DG23" s="293"/>
+      <c r="DH23" s="293"/>
+      <c r="DI23" s="293"/>
+      <c r="DJ23" s="287"/>
       <c r="DK23" s="88"/>
-      <c r="DL23" s="239"/>
-[...1 lines deleted...]
-      <c r="DN23" s="239"/>
+      <c r="DL23" s="295"/>
+      <c r="DM23" s="297"/>
+      <c r="DN23" s="295"/>
     </row>
-    <row r="24" spans="1:119" ht="144.5" customHeight="1" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="D24" s="292">
+    <row r="24" spans="1:119" ht="144.65" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B24" s="198" t="s">
+        <v>199</v>
+      </c>
+      <c r="C24" s="227"/>
+      <c r="D24" s="256">
         <f ca="1">C17</f>
         <v>0</v>
       </c>
-      <c r="E24" s="299" t="s">
-[...4 lines deleted...]
-      <c r="H24" s="285"/>
+      <c r="E24" s="263" t="s">
+        <v>200</v>
+      </c>
+      <c r="F24" s="163"/>
+      <c r="G24" s="163"/>
+      <c r="H24" s="249"/>
       <c r="I24" s="33"/>
       <c r="J24" s="33"/>
       <c r="AE24" s="36"/>
       <c r="AF24" s="11"/>
       <c r="AG24" s="11"/>
-      <c r="BH24" s="260"/>
-      <c r="BI24" s="263"/>
+      <c r="BH24" s="275"/>
+      <c r="BI24" s="278"/>
       <c r="BR24" s="84"/>
       <c r="BS24" s="77"/>
-      <c r="BT24" s="254"/>
+      <c r="BT24" s="298"/>
       <c r="BU24" s="88"/>
       <c r="BV24" s="88"/>
       <c r="BY24" s="91">
         <f t="shared" ref="BY24:DJ24" si="6">BY17</f>
         <v>0</v>
       </c>
       <c r="BZ24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CA24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CB24" s="49">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CC24" s="78">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="CD24" s="92">
         <f t="shared" si="6"/>
         <v>0</v>
@@ -21438,408 +21503,452 @@
       </c>
       <c r="DI24" s="90">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DJ24" s="50">
         <f t="shared" ca="1" si="6"/>
         <v>0</v>
       </c>
       <c r="DK24" s="37"/>
       <c r="DL24" s="78">
         <f ca="1">DL17</f>
         <v>0</v>
       </c>
       <c r="DM24" s="50">
         <f ca="1">DM17</f>
         <v>0</v>
       </c>
       <c r="DN24" s="50">
         <f ca="1">DN17</f>
         <v>0</v>
       </c>
       <c r="DO24" s="37"/>
     </row>
     <row r="25" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B25" s="164"/>
-[...5 lines deleted...]
-      <c r="H25" s="286"/>
+      <c r="B25" s="159"/>
+      <c r="C25" s="197"/>
+      <c r="D25" s="260"/>
+      <c r="E25" s="264"/>
+      <c r="F25" s="164"/>
+      <c r="G25" s="164"/>
+      <c r="H25" s="250"/>
       <c r="I25" s="38"/>
       <c r="J25" s="38"/>
-      <c r="BH25" s="260"/>
-      <c r="BI25" s="263"/>
+      <c r="BH25" s="275"/>
+      <c r="BI25" s="278"/>
       <c r="BS25" s="77"/>
-      <c r="BT25" s="255"/>
+      <c r="BT25" s="299"/>
       <c r="BU25" s="88"/>
       <c r="BV25" s="88"/>
       <c r="BY25" s="51"/>
       <c r="BZ25" s="51"/>
       <c r="DI25" s="13"/>
       <c r="DJ25" s="14"/>
       <c r="DN25" s="14"/>
     </row>
     <row r="26" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B26" s="164"/>
-[...5 lines deleted...]
-      <c r="H26" s="286"/>
+      <c r="B26" s="159"/>
+      <c r="C26" s="197"/>
+      <c r="D26" s="260"/>
+      <c r="E26" s="264"/>
+      <c r="F26" s="164"/>
+      <c r="G26" s="164"/>
+      <c r="H26" s="250"/>
       <c r="I26" s="29"/>
       <c r="J26" s="29"/>
-      <c r="BH26" s="261"/>
-      <c r="BI26" s="264"/>
+      <c r="BH26" s="276"/>
+      <c r="BI26" s="279"/>
       <c r="BS26" s="11"/>
       <c r="BY26" s="51"/>
       <c r="BZ26" s="51"/>
       <c r="DI26" s="13"/>
       <c r="DJ26" s="14"/>
       <c r="DN26" s="14"/>
     </row>
     <row r="27" spans="1:119" ht="83.15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B27" s="166"/>
-[...5 lines deleted...]
-      <c r="H27" s="288"/>
+      <c r="B27" s="161"/>
+      <c r="C27" s="197"/>
+      <c r="D27" s="261"/>
+      <c r="E27" s="251"/>
+      <c r="F27" s="165"/>
+      <c r="G27" s="165"/>
+      <c r="H27" s="252"/>
       <c r="I27" s="29"/>
       <c r="DI27" s="13"/>
       <c r="DJ27" s="14"/>
       <c r="DL27"/>
       <c r="DM27"/>
       <c r="DN27"/>
       <c r="DO27"/>
     </row>
     <row r="28" spans="1:119" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B28" s="39"/>
       <c r="C28" s="40"/>
       <c r="E28" s="79"/>
       <c r="F28" s="79"/>
       <c r="G28" s="79"/>
       <c r="H28" s="81"/>
       <c r="I28" s="29"/>
       <c r="DI28" s="13"/>
       <c r="DJ28" s="14"/>
       <c r="DL28"/>
       <c r="DM28"/>
       <c r="DN28"/>
       <c r="DO28"/>
     </row>
     <row r="29" spans="1:119" ht="212.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B29" s="208" t="s">
-[...3 lines deleted...]
-      <c r="D29" s="203">
+      <c r="B29" s="199" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" s="168"/>
+      <c r="D29" s="194">
         <f ca="1">B17</f>
         <v>0</v>
       </c>
-      <c r="E29" s="168" t="s">
-[...4 lines deleted...]
-      <c r="H29" s="285"/>
+      <c r="E29" s="163" t="s">
+        <v>202</v>
+      </c>
+      <c r="F29" s="163"/>
+      <c r="G29" s="163"/>
+      <c r="H29" s="249"/>
       <c r="I29" s="29"/>
       <c r="DI29" s="13"/>
       <c r="DJ29" s="14"/>
       <c r="DL29"/>
       <c r="DM29"/>
       <c r="DN29"/>
       <c r="DO29"/>
     </row>
     <row r="30" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B30" s="174"/>
-[...5 lines deleted...]
-      <c r="H30" s="286"/>
+      <c r="B30" s="169"/>
+      <c r="C30" s="170"/>
+      <c r="D30" s="195"/>
+      <c r="E30" s="164"/>
+      <c r="F30" s="164"/>
+      <c r="G30" s="164"/>
+      <c r="H30" s="250"/>
       <c r="I30" s="38"/>
       <c r="DI30" s="13"/>
       <c r="DJ30" s="14"/>
       <c r="DL30"/>
       <c r="DM30"/>
       <c r="DN30"/>
       <c r="DO30"/>
     </row>
     <row r="31" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B31" s="174"/>
-[...5 lines deleted...]
-      <c r="H31" s="286"/>
+      <c r="B31" s="169"/>
+      <c r="C31" s="170"/>
+      <c r="D31" s="195"/>
+      <c r="E31" s="164"/>
+      <c r="F31" s="164"/>
+      <c r="G31" s="164"/>
+      <c r="H31" s="250"/>
       <c r="I31" s="29"/>
       <c r="DI31" s="13"/>
       <c r="DJ31" s="14"/>
       <c r="DL31" s="76"/>
       <c r="DM31" s="76"/>
       <c r="DN31" s="76"/>
     </row>
     <row r="32" spans="1:119" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B32" s="174"/>
-[...5 lines deleted...]
-      <c r="H32" s="286"/>
+      <c r="B32" s="169"/>
+      <c r="C32" s="170"/>
+      <c r="D32" s="195"/>
+      <c r="E32" s="164"/>
+      <c r="F32" s="164"/>
+      <c r="G32" s="164"/>
+      <c r="H32" s="250"/>
       <c r="I32" s="29"/>
     </row>
     <row r="33" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B33" s="174"/>
-[...5 lines deleted...]
-      <c r="H33" s="286"/>
+      <c r="B33" s="169"/>
+      <c r="C33" s="170"/>
+      <c r="D33" s="195"/>
+      <c r="E33" s="164"/>
+      <c r="F33" s="164"/>
+      <c r="G33" s="164"/>
+      <c r="H33" s="250"/>
       <c r="I33" s="29"/>
     </row>
     <row r="34" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B34" s="174"/>
-[...5 lines deleted...]
-      <c r="H34" s="286"/>
+      <c r="B34" s="169"/>
+      <c r="C34" s="170"/>
+      <c r="D34" s="195"/>
+      <c r="E34" s="164"/>
+      <c r="F34" s="164"/>
+      <c r="G34" s="164"/>
+      <c r="H34" s="250"/>
       <c r="I34" s="29"/>
     </row>
     <row r="35" spans="2:10" ht="92.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B35" s="176"/>
-[...5 lines deleted...]
-      <c r="H35" s="288"/>
+      <c r="B35" s="171"/>
+      <c r="C35" s="172"/>
+      <c r="D35" s="196"/>
+      <c r="E35" s="165"/>
+      <c r="F35" s="165"/>
+      <c r="G35" s="165"/>
+      <c r="H35" s="252"/>
       <c r="I35" s="29"/>
     </row>
     <row r="36" spans="2:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B36" s="39"/>
       <c r="C36" s="40"/>
       <c r="H36" s="12"/>
       <c r="I36" s="29"/>
     </row>
     <row r="37" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B37" s="258"/>
-      <c r="C37" s="258"/>
+      <c r="B37" s="273"/>
+      <c r="C37" s="273"/>
       <c r="D37" s="85"/>
       <c r="F37" s="56" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="I37" s="29"/>
     </row>
     <row r="38" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D38" s="56"/>
       <c r="F38" s="56" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="I38" s="12"/>
     </row>
     <row r="39" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D39" s="14"/>
       <c r="I39" s="12"/>
     </row>
     <row r="40" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D40" s="14"/>
       <c r="I40" s="12"/>
     </row>
     <row r="41" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="D41" s="56"/>
       <c r="I41" s="12"/>
       <c r="J41" s="12"/>
     </row>
     <row r="42" spans="2:10" x14ac:dyDescent="0.45">
       <c r="D42" s="56"/>
       <c r="I42" s="12"/>
       <c r="J42" s="12"/>
     </row>
     <row r="43" spans="2:10" x14ac:dyDescent="0.45">
       <c r="D43" s="56"/>
     </row>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0" pivotTables="0"/>
   <mergeCells count="46">
-    <mergeCell ref="CG20:CG23"/>
-[...28 lines deleted...]
-    <mergeCell ref="CX20:CX23"/>
+    <mergeCell ref="B37:C37"/>
     <mergeCell ref="DJ20:DJ23"/>
     <mergeCell ref="DL20:DL23"/>
     <mergeCell ref="DM20:DM23"/>
     <mergeCell ref="DN20:DN23"/>
     <mergeCell ref="BT23:BT25"/>
     <mergeCell ref="DE20:DE23"/>
     <mergeCell ref="DF20:DF23"/>
     <mergeCell ref="DG20:DG23"/>
     <mergeCell ref="DH20:DH23"/>
     <mergeCell ref="DI20:DI23"/>
     <mergeCell ref="CY20:CY23"/>
     <mergeCell ref="CZ20:CZ23"/>
     <mergeCell ref="DA20:DA23"/>
     <mergeCell ref="DB20:DB23"/>
     <mergeCell ref="DC20:DC23"/>
-    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="DD20:DD23"/>
+    <mergeCell ref="CS20:CS23"/>
+    <mergeCell ref="CT20:CT23"/>
+    <mergeCell ref="CU20:CU23"/>
+    <mergeCell ref="CV20:CV23"/>
+    <mergeCell ref="CW20:CW23"/>
+    <mergeCell ref="CX20:CX23"/>
+    <mergeCell ref="CR20:CR23"/>
+    <mergeCell ref="CH20:CH23"/>
+    <mergeCell ref="CI20:CI23"/>
+    <mergeCell ref="CJ20:CJ23"/>
+    <mergeCell ref="CK20:CK23"/>
+    <mergeCell ref="CL20:CL23"/>
+    <mergeCell ref="CM20:CM23"/>
+    <mergeCell ref="CN20:CN23"/>
+    <mergeCell ref="CO20:CO23"/>
+    <mergeCell ref="CP20:CP23"/>
+    <mergeCell ref="CQ20:CQ23"/>
+    <mergeCell ref="CG20:CG23"/>
+    <mergeCell ref="BT19:BT22"/>
+    <mergeCell ref="BH20:BH26"/>
+    <mergeCell ref="BI20:BI26"/>
+    <mergeCell ref="BY20:BY23"/>
+    <mergeCell ref="BZ20:BZ23"/>
+    <mergeCell ref="CA20:CA23"/>
+    <mergeCell ref="CB20:CB23"/>
+    <mergeCell ref="CC20:CC23"/>
+    <mergeCell ref="CD20:CD23"/>
+    <mergeCell ref="CE20:CE23"/>
+    <mergeCell ref="CF20:CF23"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please select Yes or No:" sqref="D37" xr:uid="{00000000-0002-0000-0400-000000000000}">
       <formula1>$F$37:$F$39</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select type of service provided" prompt="_x000a_" sqref="BV5" xr:uid="{00000000-0002-0000-0400-000001000000}">
       <formula1>$BW$5:$BW$9</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select the type(s) of services:" prompt="_x000a_" sqref="BV6:BV9" xr:uid="{00000000-0002-0000-0400-000002000000}">
       <formula1>$BW$5:$BW$9</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<WrappedLabelHistory xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2016/02/Classifier/internal/wrappedLabelHistory">
-[...21 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac514974-6e9e-451d-9324-5e9b63b01779" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d8f422bc074de53166bda0569b6fd1b5" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F291B5527B09584280889AFA90BFCDE0" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61c59e255e0aee4570f3eee10fac85d5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac514974-6e9e-451d-9324-5e9b63b01779" xmlns:ns3="596ec9a0-5e9d-4fec-b116-81f208ec1d34" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1ca89847f7f6f1b70c93ad08f071ac93" ns2:_="" ns3:_="">
     <xsd:import namespace="ac514974-6e9e-451d-9324-5e9b63b01779"/>
+    <xsd:import namespace="596ec9a0-5e9d-4fec-b116-81f208ec1d34"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:ImportantNotes" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ac514974-6e9e-451d-9324-5e9b63b01779" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b88edfbe-2eab-456a-af99-6bea05d804c9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ImportantNotes" ma:index="19" nillable="true" ma:displayName="Important Notes" ma:format="Dropdown" ma:internalName="ImportantNotes">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="596ec9a0-5e9d-4fec-b116-81f208ec1d34" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{05dacaa0-c2b2-4da9-92f5-d591074dcf4a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="596ec9a0-5e9d-4fec-b116-81f208ec1d34">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -21897,103 +22006,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <ImportantNotes xmlns="ac514974-6e9e-451d-9324-5e9b63b01779" xsi:nil="true"/>
+    <TaxCatchAll xmlns="596ec9a0-5e9d-4fec-b116-81f208ec1d34" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ac514974-6e9e-451d-9324-5e9b63b01779">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<WrappedLabelHistory xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2016/02/Classifier/internal/wrappedLabelHistory">
+  <Value>PD94bWwgdmVyc2lvbj0iMS4wIiBlbmNvZGluZz0idXMtYXNjaWkiPz48bGFiZWxIaXN0b3J5IHhtbG5zOnhzaT0iaHR0cDovL3d3dy53My5vcmcvMjAwMS9YTUxTY2hlbWEtaW5zdGFuY2UiIHhtbG5zOnhzZD0iaHR0cDovL3d3dy53My5vcmcvMjAwMS9YTUxTY2hlbWEiIHhtbG5zPSJodHRwOi8vd3d3LmJvbGRvbmphbWVzLmNvbS8yMDE2LzAyL0NsYXNzaWZpZXIvaW50ZXJuYWwvbGFiZWxIaXN0b3J5Ij48aXRlbT48c2lzbCBzaXNsVmVyc2lvbj0iMCIgcG9saWN5PSJjOGQ1NzYwZS02MzhhLTQ3ZTgtOWUyZS0xMjI2YzJjYjI2OGQiIG9yaWdpbj0idXNlclNlbGVjdGVkIj48ZWxlbWVudCB1aWQ9IjQyODM0YmZiLTFlYzEtNGJlYi1iZDY0LWViODNmYjNjYjNmMyIgdmFsdWU9IiIgeG1sbnM9Imh0dHA6Ly93d3cuYm9sZG9uamFtZXMuY29tLzIwMDgvMDEvc2llL2ludGVybmFsL2xhYmVsIiAvPjwvc2lzbD48VXNlck5hbWU+TEVJRE9TLUNPUlBcbWNjb25uZWxsPC9Vc2VyTmFtZT48RGF0ZVRpbWU+MTEvNC8yMDIwIDEwOjAyOjQxIFBNPC9EYXRlVGltZT48TGFiZWxTdHJpbmc+VW5yZXN0cmljdGVkPC9MYWJlbFN0cmluZz48L2l0ZW0+PC9sYWJlbEhpc3Rvcnk+</Value>
+</WrappedLabelHistory>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="c8d5760e-638a-47e8-9e2e-1226c2cb268d" origin="userSelected">
   <element uid="42834bfb-1ec1-4beb-bd64-eb83fb3cb3f3" value=""/>
 </sisl>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AEAB4A4-5DEC-4D5F-A178-76EEC844AFF2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E61FE09-6E21-4BD8-8549-6CF84070A7CA}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-    <ds:schemaRef ds:uri="http://www.boldonjames.com/2016/02/Classifier/internal/wrappedLabelHistory"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ac514974-6e9e-451d-9324-5e9b63b01779"/>
+    <ds:schemaRef ds:uri="596ec9a0-5e9d-4fec-b116-81f208ec1d34"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9334910C-3503-494A-82E9-818D5207F2CD}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{127785BD-E2E7-4C77-9950-C8BE50CC78ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9334910C-3503-494A-82E9-818D5207F2CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ac514974-6e9e-451d-9324-5e9b63b01779"/>
+    <ds:schemaRef ds:uri="596ec9a0-5e9d-4fec-b116-81f208ec1d34"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16D29F4B-9B63-446D-969E-54D8790F9425}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AEAB4A4-5DEC-4D5F-A178-76EEC844AFF2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://www.boldonjames.com/2016/02/Classifier/internal/wrappedLabelHistory"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA5D9FBF-29FD-4CD2-A134-A83EF22AD0D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
@@ -22039,27 +22171,30 @@
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="WorkbookGuid">
     <vt:lpwstr>e88cef50-4cc6-499e-be52-51120acf125e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="docIndexRef">
     <vt:lpwstr>0923e6bd-4dd8-460d-8206-bbb2d367c00e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="bjSaver">
     <vt:lpwstr>JpPAJ6rI0cz5cSifLlDkeBZVgml3Q9OI</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="bjDocumentLabelXML">
     <vt:lpwstr>&lt;?xml version="1.0" encoding="us-ascii"?&gt;&lt;sisl xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:xsd="http://www.w3.org/2001/XMLSchema" sislVersion="0" policy="c8d5760e-638a-47e8-9e2e-1226c2cb268d" origin="userSelected" xmlns="http://www.boldonj</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="bjDocumentLabelXML-0">
     <vt:lpwstr>ames.com/2008/01/sie/internal/label"&gt;&lt;element uid="42834bfb-1ec1-4beb-bd64-eb83fb3cb3f3" value="" /&gt;&lt;/sisl&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="bjDocumentSecurityLabel">
     <vt:lpwstr>Unrestricted</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="bjLabelHistoryID">
     <vt:lpwstr>{2AEAB4A4-5DEC-4D5F-A178-76EEC844AFF2}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
     <vt:lpwstr>0x010100F291B5527B09584280889AFA90BFCDE0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>